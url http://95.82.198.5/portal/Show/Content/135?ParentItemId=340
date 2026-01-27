--- v0 (2025-12-11)
+++ v1 (2026-01-27)
@@ -1,1567 +1,1595 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="7A153437" w14:textId="565CF4AF" w:rsidR="00C357D6" w:rsidRPr="001E1C41" w:rsidRDefault="00C357D6" w:rsidP="00C357D6">
+    <w:p w14:paraId="2652CF3F" w14:textId="77777777" w:rsidR="00805D39" w:rsidRPr="00805D39" w:rsidRDefault="00805D39" w:rsidP="00805D39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001E1C41">
+      <w:r w:rsidRPr="00805D39">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Требования к содержанию, составу заявки на участие в закупке             (страница 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A810C75" w14:textId="04CAE12E" w:rsidR="00E909AA" w:rsidRPr="001E1C41" w:rsidRDefault="00E909AA" w:rsidP="00E909AA">
+    <w:p w14:paraId="51E567D9" w14:textId="04347988" w:rsidR="00612B9C" w:rsidRPr="006135B2" w:rsidRDefault="00612B9C" w:rsidP="00612B9C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E1C41">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="001E1C41">
+      <w:r w:rsidRPr="006135B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявка на участие в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">открытом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аукцион</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в электронной форме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должна содержать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006135B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информацию и документы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006135B2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, предусмотренные  Федеральным законом от 05.04.2013 </w:t>
       </w:r>
-      <w:r w:rsidR="00B6531E">
+      <w:r w:rsidR="006D5CA0">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E1C41">
+      <w:r w:rsidRPr="006135B2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 44-ФЗ </w:t>
       </w:r>
-      <w:r w:rsidR="00B6531E">
+      <w:r w:rsidR="006D5CA0">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E1C41">
-[...48 lines deleted...]
-        <w:t>на участие в закупке:</w:t>
+      <w:r w:rsidRPr="006135B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О контрактной системе в сфере закупок товаров, работ, услуг для обеспечения госуд</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арственных и муниципальных нужд»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006135B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006135B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федеральный закон), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006135B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">которые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E05EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включаются участником закупки в заявку на участие в закупке:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C79C53" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="001E1C41" w:rsidRDefault="00287297" w:rsidP="00871286">
+    <w:p w14:paraId="68CDC001" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00485DD8" w:rsidRDefault="00287297" w:rsidP="00871286">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E1C41">
+      <w:r w:rsidRPr="00485DD8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1) информацию и документы об участнике закупки:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC5025A" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00287297" w:rsidRDefault="00287297" w:rsidP="00871286">
+    <w:p w14:paraId="4D2762A7" w14:textId="77777777" w:rsidR="00E03771" w:rsidRPr="00E03771" w:rsidRDefault="00287297" w:rsidP="00E03771">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E1C41">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> участника закупки заключение контракта на поставку товара, выполнение работы или оказание услуги, являющихся объектом закупки, либо внесение денежных средств в качестве обеспечения заявки на участие в закупке, обеспечения исполнения контракта является крупной сделкой;</w:t>
+        <w:t xml:space="preserve">м) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E03771" w:rsidRPr="00E03771">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>решение о согласии на совершение или о последующем одобрении крупной сделки, если требование о наличии такого решения установлено законодательством Российской Федерации, учредительными документами юридического лица и для участника закупки заключение контракта на поставку товара, выполнение работы или оказание услуги, являющихся объектом закупки, либо внесение денежных средств в качестве обеспечения заявки на участие в закупке, обеспечения исполнения контракта является крупной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E03771" w:rsidRPr="00E03771">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сделкой;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF82D9B" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00287297" w:rsidRDefault="00287297" w:rsidP="00871286">
+    <w:p w14:paraId="1CFA9F92" w14:textId="77777777" w:rsidR="005E6D7F" w:rsidRPr="005E6D7F" w:rsidRDefault="00E03771" w:rsidP="005E6D7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00287297" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о) </w:t>
+      </w:r>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">декларация о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть также включено положение о соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355FD11C" w14:textId="77777777" w:rsidR="00E03771" w:rsidRPr="00E03771" w:rsidRDefault="00287297" w:rsidP="00E03771">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>о) декларация о соответствии участника закупки требованиям, установленным пунктами 3 - 5, 7 - 11 части 1 статьи 31 Федерального закона;</w:t>
+        <w:t xml:space="preserve">п) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E03771" w:rsidRPr="00E03771">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реквизиты счета участника закупки, на который в соответствии с законодательством Российской Федерации осуществляется перечисление денежных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E03771" w:rsidRPr="00E03771">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дств в к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E03771" w:rsidRPr="00E03771">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ачестве оплаты поставленного товара, выполненной работы (ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после заключения контракта;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D2165A5" w14:textId="2DC6DAFB" w:rsidR="006611A8" w:rsidRPr="006611A8" w:rsidRDefault="00287297" w:rsidP="006611A8">
+    <w:p w14:paraId="50EDA185" w14:textId="37E5EE26" w:rsidR="001C13A7" w:rsidRPr="001C13A7" w:rsidRDefault="00E03771" w:rsidP="00E03771">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E03771">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1) </w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информация и документы, подтверждающие предоставление </w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечения заявки</w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на участие в закупке, в форме электронных документов или в форме </w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>электронных образов бумажных документов (</w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с постановлением Правительства РФ от 10.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidR="00253B5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 579  </w:t>
+      </w:r>
+      <w:r w:rsidR="00253B5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об особенностях порядка предоставления обеспечения заявок на участие в закупках товаров, работ, услуг для обеспечения государственных или муниципальных нужд участниками таких закупок, </w:t>
+      </w:r>
+      <w:r w:rsidR="00253B5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>являющимися иностранными лицами»</w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ПП РФ № 579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAEA61D" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00485DD8" w:rsidRDefault="00287297" w:rsidP="00871286">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00485DD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) предложение участника закупки в отношении объекта закупки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0327A970" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00287297" w:rsidRDefault="00287297" w:rsidP="00871286">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">п) </w:t>
-[...64 lines deleted...]
-        <w:t>(ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после заключения контракта;</w:t>
+        <w:t>д) иные информация и документы</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB596A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287297">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При этом отсутствие таких информации и документов не является основанием для отклоне</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3679">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния заявки на участие в закупке.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CF09E6" w14:textId="04A9D4F1" w:rsidR="003B57AF" w:rsidRPr="003B57AF" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
+    <w:p w14:paraId="239BEDC1" w14:textId="45EDAA8E" w:rsidR="00287297" w:rsidRDefault="00287297" w:rsidP="00871286">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00871286">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подача заявки на участие в закупке означает согласие участника закупки, подавшего такую заявку,</w:t>
+      </w:r>
+      <w:r w:rsidR="00253B5D" w:rsidRPr="00253B5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00253B5D" w:rsidRPr="00253B5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на поставку товара,</w:t>
+      </w:r>
+      <w:r w:rsidR="00253B5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871286">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0084706C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выполнение работы, оказание услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871286">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на условиях, предусмотренных извещением об осуществлении закупки и в соответствии с заявкой такого участника закупки на участие в закупке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFFED7D" w14:textId="77777777" w:rsidR="00805D39" w:rsidRPr="00805D39" w:rsidRDefault="00805D39" w:rsidP="00805D39">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Инструкция по заполнению заявки на участие в закупке (страница 1):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B468BC9" w14:textId="77777777" w:rsidR="00484029" w:rsidRPr="00805D39" w:rsidRDefault="00484029" w:rsidP="00484029">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003B57AF">
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> (далее – ПП РФ</w:t>
+      <w:r w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По подпункту </w:t>
+      </w:r>
+      <w:r w:rsidR="00C51EAB" w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта</w:t>
+      </w:r>
+      <w:r w:rsidR="00C51EAB" w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – документы включаются в заявку в случае, если требование о необходимости наличия данного решения для совершения крупной сделки установлено федеральными законами и иными нормативными правовыми актами Российской Федерации и (или) учредительными документами юридического лица и для участника </w:t>
+      </w:r>
+      <w:r w:rsidR="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>закупки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заключаемый контракт или предоставление обеспечения заявки на участие в </w:t>
+      </w:r>
+      <w:r w:rsidR="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>закупке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, обеспечения исполнения кон</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3679" w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тракта является крупной сделкой;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003B57AF">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5C16C9F2" w14:textId="77777777" w:rsidR="008314DE" w:rsidRPr="008314DE" w:rsidRDefault="008314DE" w:rsidP="008314DE">
-[...39 lines deleted...]
-    <w:p w14:paraId="0526E5BA" w14:textId="60D534B4" w:rsidR="00894A53" w:rsidRDefault="00894A53" w:rsidP="0014600C">
+    <w:p w14:paraId="6E7DDB08" w14:textId="77777777" w:rsidR="005E6D7F" w:rsidRPr="006A6176" w:rsidRDefault="00632B2C" w:rsidP="005E6D7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00894A53">
-[...43 lines deleted...]
-        <w:t>и в соответствии с заявкой такого участника закупки на участие в закупке.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По подпункту о) пункта 1 -</w:t>
+      </w:r>
+      <w:r w:rsidR="00756790" w:rsidRPr="00756790">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представить декларацию о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также включено положение о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E6D7F" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53816EBD" w14:textId="4047BD3A" w:rsidR="0014600C" w:rsidRPr="006431BB" w:rsidRDefault="0014600C" w:rsidP="0014600C">
+    <w:p w14:paraId="604775AC" w14:textId="79813FEA" w:rsidR="00E03771" w:rsidRPr="00E03771" w:rsidRDefault="00E03771" w:rsidP="00E03771">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...4 lines deleted...]
-          <w:u w:val="single"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0014600C">
-[...10 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По подпункту п) пункта 1 – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B57B1F" w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03771">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реквизиты счета участника закупки, на который в соответствии с законодательством Российской Федерации осуществляется перечисление денежных средств в качестве оплаты поставленного товара, выполненной работы (ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после заключения контракта;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="42971F76" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
+    <w:p w14:paraId="44215336" w14:textId="307A3405" w:rsidR="001C13A7" w:rsidRPr="001C13A7" w:rsidRDefault="00E03771" w:rsidP="00E03771">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB7813">
-[...22 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00E03771">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0014600C">
-[...141 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По пункту 1.1 – </w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">если при проведении открытого аукциона в электронной форме предусмотрено предоставление обеспечения заявки на участие в закупке, участники закупки, являющиеся </w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>юридическими лицами, зарегистрированными на территории государства - члена Евразийского экономического союза, за исключением Российской Федерации, или физическими лицами, являющимися гражданами государства - члена Евразийского экономического союза, за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде денежных средств с учетом</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...271 lines deleted...]
-        <w:r w:rsidRPr="00BD6822">
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> особенностей, установленных ПП РФ № 579. В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve">подпунктом </w:t>
+          <w:t>подпунктом "в"</w:t>
         </w:r>
-        <w:r w:rsidR="00B6531E">
+      </w:hyperlink>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 ПП РФ № 579: участник закупки признается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>непредоставившим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечение заявки на участие в закупке в случае непоступления денежных средств, информация и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о внесении которых в качестве обеспечения заявки представлены в заявке на участие в закупке, до даты подведения итогов определения поставщика (подрядчика, исполнителя) на счет, предусмотренный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>«</w:t>
-[...10 lines deleted...]
-          <w:t>в</w:t>
+          <w:t>подпунктом "а"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B6531E">
-[...93 lines deleted...]
-      <w:r w:rsidR="00A90164">
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 ПП РФ № 579 (денежные средства вносятся участниками закупки на счет, указанный заказчиком в извещении об осуществлении закупки, на котором в соответствии с законодательством Российской Федерации учитываются операции со средствами, поступающими заказчику). При этом заявка на участие </w:t>
+      </w:r>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...113 lines deleted...]
-        <w:r w:rsidRPr="00BD6822">
+        <w:t xml:space="preserve">в закупке, поданная таким участником закупки, отклоняется в порядке, установленном для случая, предусмотренного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 7 части 12 статьи 48</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0082768D">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Федерального закона.</w:t>
+      <w:r w:rsidR="001C13A7" w:rsidRPr="001C13A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6349444F" w14:textId="53FE685F" w:rsidR="00B57B1F" w:rsidRDefault="00B57B1F" w:rsidP="00B57B1F">
+    <w:p w14:paraId="4D820D5E" w14:textId="77777777" w:rsidR="00B57B1F" w:rsidRPr="00805D39" w:rsidRDefault="00B57B1F" w:rsidP="00B57B1F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0014600C">
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">По подпункту д) пункта 2 - </w:t>
       </w:r>
-      <w:r w:rsidRPr="0014600C">
-[...27 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00805D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отсутствие таких информации и документов не является основанием для отклонения заявки на участие в закупке.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C217A31" w14:textId="4DDF3A3F" w:rsidR="00415096" w:rsidRPr="0097662F" w:rsidRDefault="00415096" w:rsidP="00B57B1F">
+    <w:p w14:paraId="500F365C" w14:textId="77777777" w:rsidR="005E6D7F" w:rsidRPr="00CD7F93" w:rsidRDefault="005E6D7F" w:rsidP="005E6D7F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственность за недостоверность информации и (или) документов, включенных в заявку на участие в закупке, за действия, совершенные на основании указанных информации и (или) документов, несет участник закупки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A556C3" w14:textId="77777777" w:rsidR="005E6D7F" w:rsidRDefault="005E6D7F" w:rsidP="005E6D7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00415096" w:rsidRPr="0097662F" w:rsidSect="000431DF">
+    <w:p w14:paraId="2229D72C" w14:textId="77777777" w:rsidR="00484029" w:rsidRPr="00805D39" w:rsidRDefault="00484029" w:rsidP="00484029">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00484029" w:rsidRPr="00805D39" w:rsidSect="00BB596A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="566" w:bottom="1135" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="566" w:bottom="1134" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="500078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00600BE8"/>
-    <w:rsid w:val="00003B25"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00231BE3"/>
+    <w:rsid w:val="0006575F"/>
+    <w:rsid w:val="001609D8"/>
+    <w:rsid w:val="001A623B"/>
+    <w:rsid w:val="001C13A7"/>
     <w:rsid w:val="0023288C"/>
-    <w:rsid w:val="0023727E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00281A20"/>
+    <w:rsid w:val="00253B5D"/>
     <w:rsid w:val="00287297"/>
-    <w:rsid w:val="00295D23"/>
-[...15 lines deleted...]
-    <w:rsid w:val="0045563C"/>
+    <w:rsid w:val="003F2BCB"/>
+    <w:rsid w:val="00410F18"/>
     <w:rsid w:val="00484029"/>
     <w:rsid w:val="00485DD8"/>
-    <w:rsid w:val="004D0409"/>
     <w:rsid w:val="004E5C92"/>
-    <w:rsid w:val="00514346"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005C432A"/>
+    <w:rsid w:val="005623C9"/>
+    <w:rsid w:val="00593683"/>
+    <w:rsid w:val="005E6D7F"/>
     <w:rsid w:val="00600BE8"/>
-    <w:rsid w:val="006200EE"/>
-[...14 lines deleted...]
-    <w:rsid w:val="008665BF"/>
+    <w:rsid w:val="00612B9C"/>
+    <w:rsid w:val="00632B2C"/>
+    <w:rsid w:val="006D5CA0"/>
+    <w:rsid w:val="00756790"/>
+    <w:rsid w:val="007A229A"/>
+    <w:rsid w:val="00805D39"/>
+    <w:rsid w:val="0084706C"/>
     <w:rsid w:val="00871286"/>
     <w:rsid w:val="00872AA4"/>
-    <w:rsid w:val="008841B1"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008C08B2"/>
     <w:rsid w:val="008C14FB"/>
     <w:rsid w:val="008D791E"/>
-    <w:rsid w:val="008F0208"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00927CC2"/>
+    <w:rsid w:val="0092609E"/>
     <w:rsid w:val="00940E19"/>
-    <w:rsid w:val="00943870"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00980CF0"/>
     <w:rsid w:val="00986E5A"/>
     <w:rsid w:val="009D1FCD"/>
     <w:rsid w:val="009F4423"/>
+    <w:rsid w:val="00A15D14"/>
     <w:rsid w:val="00A20CF3"/>
-    <w:rsid w:val="00A32F41"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00B40668"/>
+    <w:rsid w:val="00AC710F"/>
     <w:rsid w:val="00B57B1F"/>
-    <w:rsid w:val="00B6531E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C357D6"/>
+    <w:rsid w:val="00BB596A"/>
+    <w:rsid w:val="00BE3679"/>
     <w:rsid w:val="00C51EAB"/>
     <w:rsid w:val="00C563C4"/>
-    <w:rsid w:val="00C6239A"/>
-    <w:rsid w:val="00C63710"/>
     <w:rsid w:val="00CA413F"/>
-    <w:rsid w:val="00CA74AF"/>
     <w:rsid w:val="00CC2BFB"/>
-    <w:rsid w:val="00D13481"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D4104F"/>
+    <w:rsid w:val="00CF5C14"/>
     <w:rsid w:val="00D757C9"/>
     <w:rsid w:val="00DA057A"/>
-    <w:rsid w:val="00DC45E6"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F100D1"/>
+    <w:rsid w:val="00E03771"/>
+    <w:rsid w:val="00E75538"/>
     <w:rsid w:val="00F121A8"/>
+    <w:rsid w:val="00F377C4"/>
     <w:rsid w:val="00F652B3"/>
-    <w:rsid w:val="00FA7388"/>
+    <w:rsid w:val="00FA10D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="55318EC3"/>
+  <w14:docId w14:val="6D985162"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -1684,98 +1712,82 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0023288C"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...13 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1900,127 +1912,96 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0023288C"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
-[...13 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2273,77 +2254,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EDB327E-CEE3-4586-B60F-002E6C457FA7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8A1F87B-8305-401F-A259-4CACE6980E84}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>917</Words>
-  <Characters>5231</Characters>
+  <Words>1229</Words>
+  <Characters>7007</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6136</CharactersWithSpaces>
+  <CharactersWithSpaces>8220</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Сыроедина Е.А.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>