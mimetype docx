--- v0 (2025-12-11)
+++ v1 (2026-01-27)
@@ -12,52 +12,50 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="7A153437" w14:textId="756F0F17" w:rsidR="00C357D6" w:rsidRPr="001E1C41" w:rsidRDefault="00C357D6" w:rsidP="00C357D6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001E1C41">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Требования к содержанию, составу заявки на участие в закупке             (страница 1)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A810C75" w14:textId="4F22F012" w:rsidR="00E909AA" w:rsidRPr="001E1C41" w:rsidRDefault="00E909AA" w:rsidP="00E909AA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1C41">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -175,154 +173,305 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1C41">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">м) </w:t>
       </w:r>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>решение о согласии на совершение или о последующем одобрении крупной сделки, если требование о наличии такого решения установлено законодательством Российской Федерации, учредительными документами юридического лица и для участника закупки заключение контракта на поставку товара, выполнение работы или оказание услуги, являющихся объектом закупки, либо внесение денежных средств в качестве обеспечения заявки на участие в закупке, обеспечения исполнения контракта является крупной сделкой;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF82D9B" w14:textId="1D1D02A8" w:rsidR="00287297" w:rsidRPr="00287297" w:rsidRDefault="00287297" w:rsidP="00871286">
+    <w:p w14:paraId="20B0ACE4" w14:textId="77777777" w:rsidR="006A6176" w:rsidRPr="000B0DA2" w:rsidRDefault="00287297" w:rsidP="006A6176">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>о) декларация о соответствии участника закупки требованиям, установленным пунктами 3 - 5, 7 - 11 части 1 статьи 31 Федерального закона;</w:t>
+        <w:t xml:space="preserve">о) </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">декларация о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть также включено положение о соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11CFAB1B" w14:textId="61532AE4" w:rsidR="00A22F0A" w:rsidRPr="00A22F0A" w:rsidRDefault="00287297" w:rsidP="00A22F0A">
+    <w:p w14:paraId="11CFAB1B" w14:textId="39DAF9DF" w:rsidR="00A22F0A" w:rsidRPr="00A22F0A" w:rsidRDefault="00287297" w:rsidP="00A22F0A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">п) </w:t>
       </w:r>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">реквизиты счета участника закупки, на который в соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">с законодательством Российской Федерации осуществляется перечисление денежных средств в качестве оплаты поставленного товара, выполненной работы </w:t>
+        <w:t>с законодательством Российской Федерации осуществляется перечисление денежных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дств в к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ачестве оплаты поставленного товара, выполненной работы </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после заключения контракта;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CF09E6" w14:textId="789994F8" w:rsidR="003B57AF" w:rsidRPr="003B57AF" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
+    <w:p w14:paraId="32CF09E6" w14:textId="789994F8" w:rsidR="003B57AF" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.1) </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, подтверждающие предоставление </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обеспечения заявки</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -349,193 +498,264 @@
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Об особенностях порядка предоставления обеспечения заявок на участие в закупках товаров, работ, услуг для обеспечения государственных или муниципальных нужд участниками таких закупок, являющимися иностранными лицами</w:t>
       </w:r>
       <w:r w:rsidR="00822959">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (далее – ПП РФ 579);</w:t>
+        <w:t xml:space="preserve"> (далее – ПП РФ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B57AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 579);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77FF3491" w14:textId="5E4FB758" w:rsidR="00701D32" w:rsidRDefault="00627F6A" w:rsidP="00701D32">
+    <w:p w14:paraId="7C8C591C" w14:textId="77777777" w:rsidR="000E54EE" w:rsidRPr="00485DD8" w:rsidRDefault="000E54EE" w:rsidP="000E54EE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00485DD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) предложение участника закупки в отношении объекта закупки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F437B9D" w14:textId="77777777" w:rsidR="000E54EE" w:rsidRPr="00287297" w:rsidRDefault="000E54EE" w:rsidP="000E54EE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287297">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д) иные информация и документы</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>2</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287297">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При этом отсутствие таких информации и документов не является основанием для отклоне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния заявки на участие в закупке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FF3491" w14:textId="0C428629" w:rsidR="00701D32" w:rsidRDefault="000E54EE" w:rsidP="00701D32">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00701D32" w:rsidRPr="007B395E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, определенные в соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00AB6AB2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:anchor="dst12377" w:history="1">
+      <w:hyperlink r:id="rId13" w:anchor="dst12377" w:history="1">
         <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктом 2 части 2 статьи 14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> Федерального закона</w:t>
       </w:r>
       <w:r w:rsidR="006D423F" w:rsidRPr="007B395E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C9559D" w14:textId="77777777" w:rsidR="001E132E" w:rsidRPr="004C0BC1" w:rsidRDefault="001E132E" w:rsidP="001E132E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C0BC1">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">в соответствии  с пунктом 3 постановления Правительства РФ от 23.12.2024  </w:t>
       </w:r>
       <w:r w:rsidRPr="004C0BC1">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>№ 1875 (далее – ПП РФ 1875) информацией и документами, подтверждающими страну происхождения товара для целей ПП РФ 1875, являются:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="445835D0" w14:textId="570450D0" w:rsidR="00D856E8" w:rsidRPr="001E132E" w:rsidRDefault="00D856E8" w:rsidP="001E132E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>для подтверждения происхождения программ</w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> для электронных вычислительных машин и (или) баз данных (далее - программное обеспечение), указанных в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="001E132E">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позиции 146</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения </w:t>
       </w:r>
       <w:r w:rsidR="001E132E" w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
@@ -602,94 +822,94 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>для подтверждения происхождения программного обеспечения</w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, указанного в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="001E132E">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позиции 146</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения N 1 к </w:t>
       </w:r>
       <w:r w:rsidR="001E132E" w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПП РФ 1875</w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, и</w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">з Российской Федерации и его соответствия дополнительным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="001E132E">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>требованиям</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к программам для электронных вычислительных машин и базам данных, сведения о которых включены в реестр российского программного обеспечения, утвержденным постановлением Правительства Российской Федерации от 23 марта 2017 г. </w:t>
       </w:r>
       <w:r w:rsidR="001E132E" w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
@@ -736,53 +956,63 @@
       </w:r>
       <w:r w:rsidRPr="009172E4">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>далее - дополнительные требования к программному обеспечению)</w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, - </w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">порядковый номер реестровой записи из реестра российского программного обеспечения, содержащей информацию о соответствии программного обеспечения дополнительным </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId11" w:history="1">
+        <w:t xml:space="preserve">порядковый номер реестровой записи из реестра российского программного обеспечения, содержащей информацию о соответствии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E132E">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">программного обеспечения дополнительным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="001E132E">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>требованиям</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к программному обеспечению</w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -793,51 +1023,51 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>для подтверждения происхождения программного обеспечения</w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, указанного в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="001E132E">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позиции 146</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения </w:t>
       </w:r>
       <w:r w:rsidR="001E132E" w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
@@ -904,51 +1134,51 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>для подтверждения происхождения программного обеспечения</w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, указанного в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="001E132E">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позиции 146</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения </w:t>
       </w:r>
       <w:r w:rsidR="001E132E" w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
@@ -980,80 +1210,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>из государств - членов Евразийского экономического союза, за исключением Российской Федерации</w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">и его соответствия дополнительным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="001E132E">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>требованиям</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к программному обеспечению - </w:t>
       </w:r>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">порядковый номер реестровой записи из реестра евразийского программного обеспечения, содержащей информацию о соответствии программного обеспечения дополнительным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="001E132E">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>требованиям</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E132E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к программному обеспечению</w:t>
       </w:r>
       <w:r w:rsidR="004C0BC1">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -1185,61 +1414,62 @@
       <w:r w:rsidR="00E13012" w:rsidRPr="0092006C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 656</w:t>
       </w:r>
       <w:r w:rsidRPr="0092006C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27821C0F" w14:textId="4005F805" w:rsidR="00484029" w:rsidRPr="0014600C" w:rsidRDefault="00484029" w:rsidP="00484029">
+    <w:p w14:paraId="27821C0F" w14:textId="29ED9866" w:rsidR="00484029" w:rsidRPr="0014600C" w:rsidRDefault="00484029" w:rsidP="00484029">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту </w:t>
       </w:r>
       <w:r w:rsidR="00C51EAB" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>м)</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -1330,297 +1560,468 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключаемый контракт или предоставление обеспечения заявки на участие в </w:t>
       </w:r>
       <w:r w:rsidR="002431B1" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>закупке</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, обеспечения исполнения контракта является крупной сделкой</w:t>
       </w:r>
+      <w:r w:rsidR="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="36EEF9C8" w14:textId="77777777" w:rsidR="006A6176" w:rsidRPr="006A6176" w:rsidRDefault="00C51EAB" w:rsidP="006A6176">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По подпункту о) пункта 1 -</w:t>
+      </w:r>
+      <w:r w:rsidR="00D402B8" w:rsidRPr="00D402B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представить декларацию о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона, содержатся в </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также включено положение о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA0FEBB" w14:textId="4B773897" w:rsidR="006611A8" w:rsidRPr="006611A8" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По подпункту п) пункта 1 - </w:t>
+      </w:r>
+      <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реквизиты счета участника закупки, на который в соответствии </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с законодательством Российской Федерации осуществляется перечисление денежных средств </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в качестве оплаты поставленного товара, выполненной работы (ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в соответствии с законодательством Российской Федерации такой счет открыва</w:t>
+      </w:r>
       <w:r w:rsidR="001B368F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-      </w:r>
+        <w:t>ется после</w:t>
+      </w:r>
+      <w:r w:rsidR="0011525D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заключения контракта;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="457B254B" w14:textId="0718B127" w:rsidR="00D402B8" w:rsidRPr="00D402B8" w:rsidRDefault="00C51EAB" w:rsidP="00D402B8">
+    <w:p w14:paraId="5EC6B1FB" w14:textId="085BCB04" w:rsidR="003B57AF" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...76 lines deleted...]
-        <w:t xml:space="preserve">реквизиты счета участника закупки, на который в соответствии </w:t>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD6822">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По пункту 1.1 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD6822">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">если при проведении открытого аукциона в электронной форме предусмотрено предоставление обеспечения заявки на участие в закупке, участники закупки, являющиеся юридическими лицами, зарегистрированными на территории государства - члена Евразийского экономического союза, за исключением Российской Федерации, или физическими лицами, являющимися гражданами государства - члена Евразийского экономического союза, </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">с законодательством Российской Федерации осуществляется перечисление денежных средств </w:t>
+      <w:r w:rsidRPr="00BD6822">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде денежных средств с учетом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD6822">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> особенностей, установленных ПП РФ 579. В соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
-[...51 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...53 lines deleted...]
-          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом </w:t>
         </w:r>
         <w:r w:rsidR="00165A7B">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>«</w:t>
         </w:r>
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -1679,111 +2080,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> обеспечение заявки на участие в закупке в случае </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>непоступления</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> денежных средств, информация и </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> денежных средств, информация и документы о внесении которых в качестве обеспечения заявки представлены в заявке </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7802">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>документы</w:t>
-[...47 lines deleted...]
-      <w:hyperlink r:id="rId17" w:history="1">
+        <w:t xml:space="preserve">на участие в закупке, до даты подведения итогов определения поставщика (подрядчика, исполнителя) на счет, предусмотренный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом </w:t>
         </w:r>
         <w:r w:rsidR="00165A7B">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>«</w:t>
         </w:r>
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -1862,108 +2227,157 @@
         </w:rPr>
         <w:t>участие</w:t>
       </w:r>
       <w:r w:rsidR="00AB6AB2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в закупке, поданная таким участником закупки, отклоняется в порядке, установленном для случая, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 7 части 12 статьи 48</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001B368F">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Федерального закона.</w:t>
+      <w:r w:rsidR="0011525D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FD82FB" w14:textId="6BD5B71F" w:rsidR="00141FFB" w:rsidRDefault="007B395E" w:rsidP="004576A2">
+    <w:p w14:paraId="40156F4F" w14:textId="63DE5A0B" w:rsidR="000E54EE" w:rsidRPr="000E54EE" w:rsidRDefault="000E54EE" w:rsidP="000E54EE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000E54EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По подпункту д) пункта 2 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E54EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отсутствие таких информации и документов не является основанием для отклоне</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD15B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ния заявки на участие в закупке;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="05FD82FB" w14:textId="6588BD46" w:rsidR="00141FFB" w:rsidRDefault="007B395E" w:rsidP="004576A2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По пункту </w:t>
       </w:r>
-      <w:r w:rsidR="00627F6A">
-[...8 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="000E54EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0092006C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
@@ -2206,50 +2620,51 @@
     <w:p w14:paraId="4683C580" w14:textId="49E8E51C" w:rsidR="00997F7F" w:rsidRPr="00282D3F" w:rsidRDefault="00997F7F" w:rsidP="00997F7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00282D3F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">для подтверждения происхождения программного обеспечения </w:t>
       </w:r>
       <w:r w:rsidRPr="00282D3F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">из государств - членов Евразийского экономического союза, </w:t>
       </w:r>
       <w:r w:rsidRPr="00144075">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2591,713 +3006,248 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>заполнять блок «Соответствует дополнительным требованиям».</w:t>
       </w:r>
       <w:r w:rsidR="009172E4">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A221148" w14:textId="1D56C794" w:rsidR="0053663F" w:rsidRDefault="009172E4" w:rsidP="0053663F">
+    <w:p w14:paraId="75218448" w14:textId="69F508F8" w:rsidR="0092006C" w:rsidRPr="00816970" w:rsidRDefault="00165A7B" w:rsidP="004576A2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...86 lines deleted...]
-          <w:highlight w:val="green"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00165A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 5 части 1 статьи 43 Федерального закона – в</w:t>
+      </w:r>
+      <w:r w:rsidR="007B395E" w:rsidRPr="00165A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае отсутствия </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63710" w:rsidRPr="00165A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в заявке на участие в закупке</w:t>
+      </w:r>
+      <w:r w:rsidR="00816970" w:rsidRPr="00165A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядкового номера реестровой записи из реестра российского программного обеспечения (для подтверждения происхождения программного обеспечения из Российской Федерации) ИЛИ порядкового</w:t>
+      </w:r>
+      <w:r w:rsidR="00816970" w:rsidRPr="00816970">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер</w:t>
+      </w:r>
+      <w:r w:rsidR="00816970">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00816970" w:rsidRPr="00816970">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реестровой записи из реестра евразийского программного обеспечения</w:t>
+      </w:r>
+      <w:r w:rsidR="00816970">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0053663F" w:rsidRPr="00847E2E">
-[...156 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00816970" w:rsidRPr="00816970">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(для подтверждения происхождения программного обеспечения из государств - членов Евразийского экономического союза, за исключением Российской Федерации)  – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30993" w:rsidRPr="004576A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>такая заявка</w:t>
+      </w:r>
+      <w:r w:rsidR="00816970">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001E5C8A">
-[...18 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00E30993" w:rsidRPr="004576A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>приравнивается</w:t>
+      </w:r>
+      <w:r w:rsidR="00816970">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00E30993" w:rsidRPr="004576A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00816970">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00041CB6">
-[...255 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00E30993" w:rsidRPr="004576A2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>такая заявка</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">заявке, в которой содержится предложение о </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0674">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>программном обеспечении, происходящим из иностранного государства</w:t>
       </w:r>
       <w:r w:rsidR="00E30993" w:rsidRPr="004576A2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>приравнивается</w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7832A14E" w14:textId="286C394A" w:rsidR="008665BF" w:rsidRDefault="00165A7B" w:rsidP="008665BF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r w:rsidRPr="00165A7B">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>подпункт</w:t>
@@ -3371,110 +3321,163 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">программном обеспечении, происходящим </w:t>
       </w:r>
       <w:r w:rsidR="008665BF" w:rsidRPr="00E30993">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>из иностранного государства, подлежит отклонению в соо</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>тветствии с Федеральным законом.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008665BF" w:rsidSect="00D0327A">
+    <w:p w14:paraId="6665C662" w14:textId="77777777" w:rsidR="006A6176" w:rsidRPr="00CD7F93" w:rsidRDefault="006A6176" w:rsidP="006A6176">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственность за недостоверность информации и (или) документов, включенных в заявку на участие в закупке, за действия, совершенные на основании указанных информации и (или) документов, несет участник закупки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697895B6" w14:textId="77777777" w:rsidR="006A6176" w:rsidRDefault="006A6176" w:rsidP="006A6176">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E852EEB" w14:textId="77777777" w:rsidR="006A6176" w:rsidRDefault="006A6176" w:rsidP="008665BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006A6176" w:rsidSect="00D0327A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="500078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16503E5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC8808EE"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -3698,185 +3701,196 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00600BE8"/>
     <w:rsid w:val="00003B25"/>
     <w:rsid w:val="00017832"/>
     <w:rsid w:val="00023A38"/>
     <w:rsid w:val="00024495"/>
     <w:rsid w:val="00024861"/>
     <w:rsid w:val="00041CB6"/>
     <w:rsid w:val="0006514C"/>
     <w:rsid w:val="00083549"/>
     <w:rsid w:val="000C181A"/>
     <w:rsid w:val="000C63EA"/>
     <w:rsid w:val="000D404D"/>
     <w:rsid w:val="000E0B39"/>
+    <w:rsid w:val="000E54EE"/>
     <w:rsid w:val="00114820"/>
+    <w:rsid w:val="0011525D"/>
     <w:rsid w:val="001247B5"/>
     <w:rsid w:val="00141FFB"/>
     <w:rsid w:val="00144075"/>
     <w:rsid w:val="0014600C"/>
+    <w:rsid w:val="00151A3A"/>
     <w:rsid w:val="00155EC7"/>
     <w:rsid w:val="00165A7B"/>
     <w:rsid w:val="001B1FB1"/>
     <w:rsid w:val="001B368F"/>
     <w:rsid w:val="001E132E"/>
     <w:rsid w:val="001E1C41"/>
     <w:rsid w:val="001E5B6E"/>
     <w:rsid w:val="001E5C8A"/>
     <w:rsid w:val="001E73A7"/>
     <w:rsid w:val="001F52E5"/>
     <w:rsid w:val="00231BE3"/>
     <w:rsid w:val="0023288C"/>
     <w:rsid w:val="002431B1"/>
     <w:rsid w:val="0026704F"/>
     <w:rsid w:val="002713B0"/>
     <w:rsid w:val="00281A20"/>
     <w:rsid w:val="00282D3F"/>
     <w:rsid w:val="00287297"/>
     <w:rsid w:val="00295D23"/>
     <w:rsid w:val="002A34C2"/>
     <w:rsid w:val="002B3BD9"/>
     <w:rsid w:val="002C5175"/>
     <w:rsid w:val="002F2EB7"/>
+    <w:rsid w:val="002F65CF"/>
     <w:rsid w:val="00317C8B"/>
     <w:rsid w:val="0033603C"/>
     <w:rsid w:val="003406BC"/>
     <w:rsid w:val="00357B08"/>
     <w:rsid w:val="00383105"/>
     <w:rsid w:val="003B53DB"/>
     <w:rsid w:val="003B57AF"/>
+    <w:rsid w:val="003F1189"/>
     <w:rsid w:val="00412510"/>
     <w:rsid w:val="004125BF"/>
     <w:rsid w:val="00422433"/>
     <w:rsid w:val="00426B07"/>
     <w:rsid w:val="00437009"/>
     <w:rsid w:val="00442E9D"/>
     <w:rsid w:val="0045563C"/>
     <w:rsid w:val="004576A2"/>
     <w:rsid w:val="004710A7"/>
+    <w:rsid w:val="004733D2"/>
     <w:rsid w:val="00484029"/>
     <w:rsid w:val="00485DD8"/>
     <w:rsid w:val="004A2FEE"/>
     <w:rsid w:val="004C0BC1"/>
     <w:rsid w:val="004D0409"/>
     <w:rsid w:val="004E5C92"/>
     <w:rsid w:val="00522AF7"/>
     <w:rsid w:val="0053663F"/>
     <w:rsid w:val="005854E8"/>
+    <w:rsid w:val="005F0B9A"/>
     <w:rsid w:val="00600BE8"/>
     <w:rsid w:val="006200EE"/>
     <w:rsid w:val="00627F6A"/>
     <w:rsid w:val="00630424"/>
     <w:rsid w:val="006611A8"/>
+    <w:rsid w:val="0069419F"/>
+    <w:rsid w:val="006A6176"/>
     <w:rsid w:val="006B763B"/>
     <w:rsid w:val="006D423F"/>
     <w:rsid w:val="00701D32"/>
     <w:rsid w:val="007149E0"/>
     <w:rsid w:val="00783D01"/>
     <w:rsid w:val="007B395E"/>
     <w:rsid w:val="007C68DA"/>
     <w:rsid w:val="008133E4"/>
     <w:rsid w:val="00814AEF"/>
     <w:rsid w:val="00816970"/>
     <w:rsid w:val="00822959"/>
     <w:rsid w:val="00847E2E"/>
+    <w:rsid w:val="00851396"/>
     <w:rsid w:val="00852D30"/>
     <w:rsid w:val="008665BF"/>
     <w:rsid w:val="00867ECB"/>
     <w:rsid w:val="00871286"/>
     <w:rsid w:val="00872AA4"/>
     <w:rsid w:val="008841B1"/>
     <w:rsid w:val="00894A53"/>
     <w:rsid w:val="008A6169"/>
     <w:rsid w:val="008C12C1"/>
     <w:rsid w:val="008C14FB"/>
     <w:rsid w:val="008D791E"/>
     <w:rsid w:val="008E31C2"/>
     <w:rsid w:val="008F0208"/>
     <w:rsid w:val="009172E4"/>
     <w:rsid w:val="0092006C"/>
     <w:rsid w:val="00940E19"/>
     <w:rsid w:val="00943870"/>
-    <w:rsid w:val="00944763"/>
     <w:rsid w:val="00954870"/>
     <w:rsid w:val="00986E5A"/>
     <w:rsid w:val="00997F7F"/>
     <w:rsid w:val="009D1FCD"/>
     <w:rsid w:val="009D276C"/>
     <w:rsid w:val="009F4423"/>
     <w:rsid w:val="00A20CF3"/>
     <w:rsid w:val="00A22F0A"/>
     <w:rsid w:val="00A32F41"/>
     <w:rsid w:val="00A53CB7"/>
     <w:rsid w:val="00AA1FBE"/>
     <w:rsid w:val="00AA4C61"/>
     <w:rsid w:val="00AB6AB2"/>
     <w:rsid w:val="00B074C1"/>
     <w:rsid w:val="00B20992"/>
     <w:rsid w:val="00B2573D"/>
     <w:rsid w:val="00B2657E"/>
     <w:rsid w:val="00B57B1F"/>
     <w:rsid w:val="00B95D8A"/>
+    <w:rsid w:val="00BD15B5"/>
     <w:rsid w:val="00C357D6"/>
     <w:rsid w:val="00C4582E"/>
     <w:rsid w:val="00C51EAB"/>
     <w:rsid w:val="00C563C4"/>
     <w:rsid w:val="00C6239A"/>
     <w:rsid w:val="00C63710"/>
     <w:rsid w:val="00CA413F"/>
     <w:rsid w:val="00CB4E0E"/>
     <w:rsid w:val="00CC2BFB"/>
     <w:rsid w:val="00CF6C3C"/>
     <w:rsid w:val="00D211BA"/>
     <w:rsid w:val="00D402B8"/>
     <w:rsid w:val="00D4104F"/>
     <w:rsid w:val="00D67581"/>
     <w:rsid w:val="00D757C9"/>
     <w:rsid w:val="00D856E8"/>
     <w:rsid w:val="00DA057A"/>
     <w:rsid w:val="00DA147D"/>
     <w:rsid w:val="00DC45E6"/>
     <w:rsid w:val="00DF0805"/>
     <w:rsid w:val="00DF3633"/>
     <w:rsid w:val="00DF7802"/>
     <w:rsid w:val="00E13012"/>
     <w:rsid w:val="00E20C2C"/>
     <w:rsid w:val="00E232F4"/>
     <w:rsid w:val="00E30993"/>
     <w:rsid w:val="00E909AA"/>
     <w:rsid w:val="00EB0D71"/>
+    <w:rsid w:val="00EB118A"/>
     <w:rsid w:val="00ED4BAD"/>
     <w:rsid w:val="00EF0674"/>
     <w:rsid w:val="00F077F3"/>
     <w:rsid w:val="00F121A8"/>
     <w:rsid w:val="00F652B3"/>
     <w:rsid w:val="00F71BE8"/>
     <w:rsid w:val="00FA7388"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -4031,51 +4045,50 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
@@ -4243,51 +4256,50 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
@@ -4328,51 +4340,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="634682157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4625,77 +4637,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73B92A66-BA7A-4382-854A-1BB90FB2BB85}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD7156B7-F050-4C3B-B708-14A01CACFF36}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1916</Words>
-  <Characters>10923</Characters>
+  <Words>2088</Words>
+  <Characters>11903</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12814</CharactersWithSpaces>
+  <CharactersWithSpaces>13964</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Сыроедина Е.А.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>