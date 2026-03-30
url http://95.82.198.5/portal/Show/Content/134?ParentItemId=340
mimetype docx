--- v1 (2026-01-27)
+++ v2 (2026-03-30)
@@ -1,61 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="7A153437" w14:textId="756F0F17" w:rsidR="00C357D6" w:rsidRPr="001E1C41" w:rsidRDefault="00C357D6" w:rsidP="00C357D6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001E1C41">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Требования к содержанию, составу заявки на участие в закупке             (страница 1)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A810C75" w14:textId="4F22F012" w:rsidR="00E909AA" w:rsidRPr="001E1C41" w:rsidRDefault="00E909AA" w:rsidP="00E909AA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1C41">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -182,288 +183,255 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">м) </w:t>
       </w:r>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>решение о согласии на совершение или о последующем одобрении крупной сделки, если требование о наличии такого решения установлено законодательством Российской Федерации, учредительными документами юридического лица и для участника закупки заключение контракта на поставку товара, выполнение работы или оказание услуги, являющихся объектом закупки, либо внесение денежных средств в качестве обеспечения заявки на участие в закупке, обеспечения исполнения контракта является крупной сделкой;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20B0ACE4" w14:textId="77777777" w:rsidR="006A6176" w:rsidRPr="000B0DA2" w:rsidRDefault="00287297" w:rsidP="006A6176">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">о) </w:t>
       </w:r>
       <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">декларация о соответствии участника закупки требованиям, установленным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктами 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>11 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть также включено положение о соответствии участника закупки требованиям, установленным </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктом 1 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="000B0DA2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть также включено положение о соответствии</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11CFAB1B" w14:textId="39DAF9DF" w:rsidR="00A22F0A" w:rsidRPr="00A22F0A" w:rsidRDefault="00287297" w:rsidP="00A22F0A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">п) </w:t>
       </w:r>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">реквизиты счета участника закупки, на который в соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>с законодательством Российской Федерации осуществляется перечисление денежных сре</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">ачестве оплаты поставленного товара, выполненной работы </w:t>
+        <w:t xml:space="preserve">с законодательством Российской Федерации осуществляется перечисление денежных средств в качестве оплаты поставленного товара, выполненной работы </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после заключения контракта;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CF09E6" w14:textId="789994F8" w:rsidR="003B57AF" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.1) </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, подтверждающие предоставление </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -498,61 +466,51 @@
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Об особенностях порядка предоставления обеспечения заявок на участие в закупках товаров, работ, услуг для обеспечения государственных или муниципальных нужд участниками таких закупок, являющимися иностранными лицами</w:t>
       </w:r>
       <w:r w:rsidR="00822959">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (далее – ПП РФ</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> 579);</w:t>
+        <w:t xml:space="preserve"> (далее – ПП РФ 579);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C8C591C" w14:textId="77777777" w:rsidR="000E54EE" w:rsidRPr="00485DD8" w:rsidRDefault="000E54EE" w:rsidP="000E54EE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485DD8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2) предложение участника закупки в отношении объекта закупки:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F437B9D" w14:textId="77777777" w:rsidR="000E54EE" w:rsidRPr="00287297" w:rsidRDefault="000E54EE" w:rsidP="000E54EE">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -628,683 +586,440 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, определенные в соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00AB6AB2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="dst12377" w:history="1">
+      <w:hyperlink r:id="rId12" w:anchor="dst12377" w:history="1">
         <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктом 2 части 2 статьи 14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> Федерального закона</w:t>
       </w:r>
       <w:r w:rsidR="006D423F" w:rsidRPr="007B395E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C9559D" w14:textId="77777777" w:rsidR="001E132E" w:rsidRPr="004C0BC1" w:rsidRDefault="001E132E" w:rsidP="001E132E">
+    <w:p w14:paraId="76C9559D" w14:textId="77777777" w:rsidR="001E132E" w:rsidRDefault="001E132E" w:rsidP="001E132E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C0BC1">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии  с пунктом 3 постановления Правительства РФ от 23.12.2024  </w:t>
       </w:r>
       <w:r w:rsidRPr="004C0BC1">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>№ 1875 (далее – ПП РФ 1875) информацией и документами, подтверждающими страну происхождения товара для целей ПП РФ 1875, являются:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445835D0" w14:textId="570450D0" w:rsidR="00D856E8" w:rsidRPr="001E132E" w:rsidRDefault="00D856E8" w:rsidP="001E132E">
+    <w:p w14:paraId="445835D0" w14:textId="0D053EF9" w:rsidR="00D856E8" w:rsidRDefault="008A730A" w:rsidP="001E132E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E132E">
+      <w:r w:rsidRPr="008A730A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>для подтверждения происхождения программ</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E132E">
-[...25 lines deleted...]
-      <w:r w:rsidR="001E132E" w:rsidRPr="001E132E">
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для электронных вычислительных машин и (или) баз данных (далее - программное обеспечение), указанных в позиции 146 приложения № 1 к ПП РФ 1875, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из Российской Федерации - порядковый номер реестровой записи из единого реестра российских программ для электронных вычислительных машин и баз данных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - реестр российского программного обеспечения)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D856E8" w:rsidRPr="001E132E">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4D9ADE" w14:textId="3EB832F3" w:rsidR="008A730A" w:rsidRPr="001E132E" w:rsidRDefault="008A730A" w:rsidP="001E132E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для подтверждения происхождения программного обеспечения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, указанного в позиции 146 приложения </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E132E">
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> (далее - реестр российского программного обеспечения);</w:t>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 к ПП РФ 1875, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из Российской Федерации и его соответствия требованиям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, установленным частями 3.7 и 3.9 статьи 2 Федерального закона </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 07.04.2025 №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 58-ФЗ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC34A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменений в Федеральный закон </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC34A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О безопасности критической информационной инфраструктуры Российской Федерации</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC34A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>далее - требования к доверенному программному обеспечению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядковый номер реестровой записи из реестра российского программного обеспечения, содержащей информацию о соответствии программного обеспечения требованиям к доверенному программному обеспечению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071542F5" w14:textId="35DE2A3B" w:rsidR="00D856E8" w:rsidRPr="001E132E" w:rsidRDefault="00D856E8" w:rsidP="001E132E">
+    <w:p w14:paraId="36987950" w14:textId="77777777" w:rsidR="008A730A" w:rsidRDefault="008A730A" w:rsidP="001E132E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1272D50C" w14:textId="77777777" w:rsidR="008A730A" w:rsidRDefault="008A730A" w:rsidP="001E132E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A63DED0" w14:textId="2CC65CF7" w:rsidR="008A730A" w:rsidRPr="008A730A" w:rsidRDefault="008A730A" w:rsidP="001E132E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>для подтверждения происхождения программного обеспечения</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E132E">
-[...173 lines deleted...]
-      <w:r w:rsidRPr="001E132E">
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, указанного в позиции 146 приложения № 1 к ПП РФ 1875, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из государств - членов Евразийского экономического союза, за исключением Российской Федерации, - порядковый номер реестровой записи из единого реестра программ для электронных вычислительных машин и баз данных из государств - членов Евразийского экономического союза, за исключением Российской Федерации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - реестр евразийского программного обеспечения)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B6750A" w14:textId="52172D5C" w:rsidR="00D856E8" w:rsidRPr="001E132E" w:rsidRDefault="00D856E8" w:rsidP="001E132E">
+    <w:p w14:paraId="50E946CC" w14:textId="4B2DA5C2" w:rsidR="008A730A" w:rsidRPr="008A730A" w:rsidRDefault="008A730A" w:rsidP="001E132E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E132E">
+      <w:r w:rsidRPr="008A730A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>для подтверждения происхождения программного обеспечения</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E132E">
-[...244 lines deleted...]
-          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, указанного в позиции 146 приложения № 1 к ПП РФ 1875, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A730A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из государств - членов Евразийского экономического союза, за исключением Российской Федерации, и его соответствия требованиям к доверенному программному обеспечению - порядковый номер реестровой записи из реестра евразийского программного обеспечения, содержащей информацию о соответствии программного обеспечения требованиям к доверенному программному обеспечению</w:t>
+      </w:r>
+      <w:r w:rsidR="0045775D">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0526E5BA" w14:textId="24196990" w:rsidR="00894A53" w:rsidRDefault="00894A53" w:rsidP="0014600C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Подача заявки на участие в закупке означает согласие участника закупки, подавшего такую заявку, на поставку товара, выполнение работы, оказание услуги на условиях, предусмотренных извещением об осущ</w:t>
       </w:r>
@@ -1425,51 +1140,50 @@
       </w:r>
       <w:r w:rsidRPr="0092006C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27821C0F" w14:textId="29ED9866" w:rsidR="00484029" w:rsidRPr="0014600C" w:rsidRDefault="00484029" w:rsidP="00484029">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту </w:t>
       </w:r>
       <w:r w:rsidR="00C51EAB" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>м)</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -1570,263 +1284,249 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>закупке</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, обеспечения исполнения контракта является крупной сделкой</w:t>
       </w:r>
       <w:r w:rsidR="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="36EEF9C8" w14:textId="77777777" w:rsidR="006A6176" w:rsidRPr="006A6176" w:rsidRDefault="00C51EAB" w:rsidP="006A6176">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>По подпункту о) пункта 1 -</w:t>
       </w:r>
       <w:r w:rsidR="00D402B8" w:rsidRPr="00D402B8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">представить декларацию о соответствии участника закупки требованиям, установленным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктами 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>11 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 1 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Федерального закона, содержатся в </w:t>
-[...23 lines deleted...]
-      <w:hyperlink r:id="rId27" w:history="1">
+        <w:t xml:space="preserve">  Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть также включено положение о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>пунктом 1 части 1 статьи 31</w:t>
+          <w:t xml:space="preserve">пунктом </w:t>
+        </w:r>
+        <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>1 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A6176" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA0FEBB" w14:textId="4B773897" w:rsidR="006611A8" w:rsidRPr="006611A8" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту п) пункта 1 - </w:t>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">реквизиты счета участника закупки, на который в соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -1884,144 +1584,130 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в соответствии с законодательством Российской Федерации такой счет открыва</w:t>
       </w:r>
       <w:r w:rsidR="001B368F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ется после</w:t>
       </w:r>
       <w:r w:rsidR="0011525D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключения контракта;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5EC6B1FB" w14:textId="085BCB04" w:rsidR="003B57AF" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По пункту 1.1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">если при проведении открытого аукциона в электронной форме предусмотрено предоставление обеспечения заявки на участие в закупке, участники закупки, являющиеся юридическими лицами, зарегистрированными на территории государства - члена Евразийского экономического союза, за исключением Российской Федерации, или физическими лицами, являющимися гражданами государства - члена Евразийского экономического союза, </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде денежных средств с учетом</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде денежных средств с учетом особенностей, установленных ПП РФ 579. В соответствии </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> особенностей, установленных ПП РФ 579. В соответствии </w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом </w:t>
         </w:r>
         <w:r w:rsidR="00165A7B">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>«</w:t>
         </w:r>
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -2104,51 +1790,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> денежных средств, информация и документы о внесении которых в качестве обеспечения заявки представлены в заявке </w:t>
       </w:r>
       <w:r w:rsidR="00DF7802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на участие в закупке, до даты подведения итогов определения поставщика (подрядчика, исполнителя) на счет, предусмотренный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом </w:t>
         </w:r>
         <w:r w:rsidR="00165A7B">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>«</w:t>
         </w:r>
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -2227,51 +1913,51 @@
         </w:rPr>
         <w:t>участие</w:t>
       </w:r>
       <w:r w:rsidR="00AB6AB2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в закупке, поданная таким участником закупки, отклоняется в порядке, установленном для случая, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 7 части 12 статьи 48</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0011525D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40156F4F" w14:textId="63DE5A0B" w:rsidR="000E54EE" w:rsidRPr="000E54EE" w:rsidRDefault="000E54EE" w:rsidP="000E54EE">
@@ -2298,52 +1984,50 @@
         </w:rPr>
         <w:t xml:space="preserve">По подпункту д) пункта 2 - </w:t>
       </w:r>
       <w:r w:rsidRPr="000E54EE">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>отсутствие таких информации и документов не является основанием для отклоне</w:t>
       </w:r>
       <w:r w:rsidR="00BD15B5">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ния заявки на участие в закупке;</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="05FD82FB" w14:textId="6588BD46" w:rsidR="00141FFB" w:rsidRDefault="007B395E" w:rsidP="004576A2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По пункту </w:t>
       </w:r>
       <w:r w:rsidR="000E54EE">
@@ -2620,51 +2304,50 @@
     <w:p w14:paraId="4683C580" w14:textId="49E8E51C" w:rsidR="00997F7F" w:rsidRPr="00282D3F" w:rsidRDefault="00997F7F" w:rsidP="00997F7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00282D3F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">для подтверждения происхождения программного обеспечения </w:t>
       </w:r>
       <w:r w:rsidRPr="00282D3F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">из государств - членов Евразийского экономического союза, </w:t>
       </w:r>
       <w:r w:rsidRPr="00144075">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2756,50 +2439,51 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>В</w:t>
       </w:r>
       <w:r w:rsidR="0092006C" w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> случае наличия противоречий</w:t>
       </w:r>
       <w:r w:rsidR="00AA4C61" w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2877,178 +2561,139 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>й площадки</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265DCB2C" w14:textId="45D02684" w:rsidR="00847E2E" w:rsidRPr="00847E2E" w:rsidRDefault="00041CB6" w:rsidP="00847E2E">
-      <w:pPr>
+    <w:p w14:paraId="54F7FD68" w14:textId="3655CDF9" w:rsidR="00FC34A3" w:rsidRPr="005F3005" w:rsidRDefault="00FC34A3" w:rsidP="00FC34A3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...121 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F3005">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с подпунктом «х» пункта 4 ПП РФ 1875 </w:t>
+      </w:r>
+      <w:r w:rsidR="005F3005">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F3005">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявка на участие в закупке, в которой содержится предложение программного обеспечения, реестровая запись о котором в реестре российского программного обеспечения или реестре евразийского программного обеспечения не содержит информацию о соответствии предлагаемого программного обеспечения требованиям к доверенному программному обеспечению, приравнивается к заявке на участие в закупке, в которой содержится предложение программного обеспечения, происходящего из иностранного государства, если на участие в такой закупке подана заявка на участие в закупке, признанная по результатам ее рассмотрения соответствующей установленным в соответствии с Федеральным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="005F3005">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005F3005">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> требованиям и содержащая предложение о программном обеспечении, реестровая запись о котором в реестре российского программного обеспечения или реестре евразийского программного обеспечения содержит информацию о соответствии предлагаемого программного обеспечения требованиям к довер</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3005" w:rsidRPr="005F3005">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>енному программному обеспечению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168647D3" w14:textId="77777777" w:rsidR="00FC34A3" w:rsidRPr="005F3005" w:rsidRDefault="00FC34A3" w:rsidP="004576A2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="75218448" w14:textId="69F508F8" w:rsidR="0092006C" w:rsidRPr="00816970" w:rsidRDefault="00165A7B" w:rsidP="004576A2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00165A7B">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>В соответствии с пунктом 5 части 1 статьи 43 Федерального закона – в</w:t>
       </w:r>
       <w:r w:rsidR="007B395E" w:rsidRPr="00165A7B">
         <w:rPr>
@@ -3385,106 +3030,106 @@
     </w:p>
     <w:p w14:paraId="4E852EEB" w14:textId="77777777" w:rsidR="006A6176" w:rsidRDefault="006A6176" w:rsidP="008665BF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006A6176" w:rsidSect="00D0327A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="500078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16503E5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC8808EE"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3553,51 +3198,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E330ADA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7E27CF6"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3676,71 +3321,75 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00600BE8"/>
     <w:rsid w:val="00003B25"/>
     <w:rsid w:val="00017832"/>
     <w:rsid w:val="00023A38"/>
     <w:rsid w:val="00024495"/>
     <w:rsid w:val="00024861"/>
     <w:rsid w:val="00041CB6"/>
+    <w:rsid w:val="000508FF"/>
     <w:rsid w:val="0006514C"/>
     <w:rsid w:val="00083549"/>
+    <w:rsid w:val="00096751"/>
     <w:rsid w:val="000C181A"/>
     <w:rsid w:val="000C63EA"/>
     <w:rsid w:val="000D404D"/>
     <w:rsid w:val="000E0B39"/>
     <w:rsid w:val="000E54EE"/>
     <w:rsid w:val="00114820"/>
     <w:rsid w:val="0011525D"/>
     <w:rsid w:val="001247B5"/>
     <w:rsid w:val="00141FFB"/>
     <w:rsid w:val="00144075"/>
     <w:rsid w:val="0014600C"/>
     <w:rsid w:val="00151A3A"/>
     <w:rsid w:val="00155EC7"/>
     <w:rsid w:val="00165A7B"/>
     <w:rsid w:val="001B1FB1"/>
     <w:rsid w:val="001B368F"/>
     <w:rsid w:val="001E132E"/>
     <w:rsid w:val="001E1C41"/>
     <w:rsid w:val="001E5B6E"/>
     <w:rsid w:val="001E5C8A"/>
     <w:rsid w:val="001E73A7"/>
     <w:rsid w:val="001F52E5"/>
     <w:rsid w:val="00231BE3"/>
     <w:rsid w:val="0023288C"/>
     <w:rsid w:val="002431B1"/>
@@ -3749,90 +3398,94 @@
     <w:rsid w:val="00281A20"/>
     <w:rsid w:val="00282D3F"/>
     <w:rsid w:val="00287297"/>
     <w:rsid w:val="00295D23"/>
     <w:rsid w:val="002A34C2"/>
     <w:rsid w:val="002B3BD9"/>
     <w:rsid w:val="002C5175"/>
     <w:rsid w:val="002F2EB7"/>
     <w:rsid w:val="002F65CF"/>
     <w:rsid w:val="00317C8B"/>
     <w:rsid w:val="0033603C"/>
     <w:rsid w:val="003406BC"/>
     <w:rsid w:val="00357B08"/>
     <w:rsid w:val="00383105"/>
     <w:rsid w:val="003B53DB"/>
     <w:rsid w:val="003B57AF"/>
     <w:rsid w:val="003F1189"/>
     <w:rsid w:val="00412510"/>
     <w:rsid w:val="004125BF"/>
     <w:rsid w:val="00422433"/>
     <w:rsid w:val="00426B07"/>
     <w:rsid w:val="00437009"/>
     <w:rsid w:val="00442E9D"/>
     <w:rsid w:val="0045563C"/>
     <w:rsid w:val="004576A2"/>
+    <w:rsid w:val="0045775D"/>
     <w:rsid w:val="004710A7"/>
     <w:rsid w:val="004733D2"/>
     <w:rsid w:val="00484029"/>
     <w:rsid w:val="00485DD8"/>
     <w:rsid w:val="004A2FEE"/>
     <w:rsid w:val="004C0BC1"/>
     <w:rsid w:val="004D0409"/>
     <w:rsid w:val="004E5C92"/>
     <w:rsid w:val="00522AF7"/>
     <w:rsid w:val="0053663F"/>
     <w:rsid w:val="005854E8"/>
     <w:rsid w:val="005F0B9A"/>
+    <w:rsid w:val="005F3005"/>
     <w:rsid w:val="00600BE8"/>
     <w:rsid w:val="006200EE"/>
     <w:rsid w:val="00627F6A"/>
     <w:rsid w:val="00630424"/>
     <w:rsid w:val="006611A8"/>
+    <w:rsid w:val="00673795"/>
     <w:rsid w:val="0069419F"/>
     <w:rsid w:val="006A6176"/>
     <w:rsid w:val="006B763B"/>
     <w:rsid w:val="006D423F"/>
     <w:rsid w:val="00701D32"/>
     <w:rsid w:val="007149E0"/>
     <w:rsid w:val="00783D01"/>
     <w:rsid w:val="007B395E"/>
     <w:rsid w:val="007C68DA"/>
     <w:rsid w:val="008133E4"/>
     <w:rsid w:val="00814AEF"/>
     <w:rsid w:val="00816970"/>
     <w:rsid w:val="00822959"/>
     <w:rsid w:val="00847E2E"/>
     <w:rsid w:val="00851396"/>
     <w:rsid w:val="00852D30"/>
     <w:rsid w:val="008665BF"/>
     <w:rsid w:val="00867ECB"/>
     <w:rsid w:val="00871286"/>
     <w:rsid w:val="00872AA4"/>
     <w:rsid w:val="008841B1"/>
     <w:rsid w:val="00894A53"/>
     <w:rsid w:val="008A6169"/>
+    <w:rsid w:val="008A730A"/>
     <w:rsid w:val="008C12C1"/>
     <w:rsid w:val="008C14FB"/>
     <w:rsid w:val="008D791E"/>
     <w:rsid w:val="008E31C2"/>
     <w:rsid w:val="008F0208"/>
     <w:rsid w:val="009172E4"/>
     <w:rsid w:val="0092006C"/>
     <w:rsid w:val="00940E19"/>
     <w:rsid w:val="00943870"/>
     <w:rsid w:val="00954870"/>
     <w:rsid w:val="00986E5A"/>
     <w:rsid w:val="00997F7F"/>
     <w:rsid w:val="009D1FCD"/>
     <w:rsid w:val="009D276C"/>
     <w:rsid w:val="009F4423"/>
     <w:rsid w:val="00A20CF3"/>
     <w:rsid w:val="00A22F0A"/>
     <w:rsid w:val="00A32F41"/>
     <w:rsid w:val="00A53CB7"/>
     <w:rsid w:val="00AA1FBE"/>
     <w:rsid w:val="00AA4C61"/>
     <w:rsid w:val="00AB6AB2"/>
     <w:rsid w:val="00B074C1"/>
     <w:rsid w:val="00B20992"/>
     <w:rsid w:val="00B2573D"/>
@@ -3854,537 +3507,567 @@
     <w:rsid w:val="00D402B8"/>
     <w:rsid w:val="00D4104F"/>
     <w:rsid w:val="00D67581"/>
     <w:rsid w:val="00D757C9"/>
     <w:rsid w:val="00D856E8"/>
     <w:rsid w:val="00DA057A"/>
     <w:rsid w:val="00DA147D"/>
     <w:rsid w:val="00DC45E6"/>
     <w:rsid w:val="00DF0805"/>
     <w:rsid w:val="00DF3633"/>
     <w:rsid w:val="00DF7802"/>
     <w:rsid w:val="00E13012"/>
     <w:rsid w:val="00E20C2C"/>
     <w:rsid w:val="00E232F4"/>
     <w:rsid w:val="00E30993"/>
     <w:rsid w:val="00E909AA"/>
     <w:rsid w:val="00EB0D71"/>
     <w:rsid w:val="00EB118A"/>
     <w:rsid w:val="00ED4BAD"/>
     <w:rsid w:val="00EF0674"/>
     <w:rsid w:val="00F077F3"/>
     <w:rsid w:val="00F121A8"/>
     <w:rsid w:val="00F652B3"/>
     <w:rsid w:val="00F71BE8"/>
     <w:rsid w:val="00FA7388"/>
+    <w:rsid w:val="00FC34A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="55318EC3"/>
+  <w15:docId w15:val="{EFD77BCA-17CC-4F0E-AA7F-586BC28F1BF5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:unhideWhenUsed/>
-[...3 lines deleted...]
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...203 lines deleted...]
-    <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0023288C"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004576A2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="406153897">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="634682157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=301290&amp;dst=100017" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494318&amp;dst=100725" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4637,77 +4320,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD7156B7-F050-4C3B-B708-14A01CACFF36}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9DDB7BD-C180-41B6-B591-741F58117AB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2088</Words>
-  <Characters>11903</Characters>
+  <Words>2065</Words>
+  <Characters>11777</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
+  <Lines>98</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13964</CharactersWithSpaces>
+  <CharactersWithSpaces>13815</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Сыроедина Е.А.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>