--- v0 (2025-12-11)
+++ v1 (2026-01-27)
@@ -140,66 +140,192 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1C41">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>м) решение о согласии на совершение или о последующем одобрении крупной сделки, если требование о наличии такого решения установлено законодательством Российской Федерации, учредительными документами юридического лица и для</w:t>
       </w:r>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> участника закупки заключение контракта на поставку товара, выполнение работы или оказание услуги, являющихся объектом закупки, либо внесение денежных средств в качестве обеспечения заявки на участие в закупке, обеспечения исполнения контракта является крупной сделкой;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF82D9B" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00287297" w:rsidRDefault="00287297" w:rsidP="00871286">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7ECE772D" w14:textId="77777777" w:rsidR="003A631F" w:rsidRPr="003A631F" w:rsidRDefault="00287297" w:rsidP="003A631F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>о) декларация о соответствии участника закупки требованиям, установленным пунктами 3 - 5, 7 - 11 части 1 статьи 31 Федерального закона;</w:t>
+        <w:t xml:space="preserve">о) </w:t>
+      </w:r>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">декларация о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть также включено положение о соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D2165A5" w14:textId="2DC6DAFB" w:rsidR="006611A8" w:rsidRPr="006611A8" w:rsidRDefault="00287297" w:rsidP="006611A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">п) </w:t>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
@@ -259,50 +385,51 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после заключения контракта;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CF09E6" w14:textId="04A9D4F1" w:rsidR="003B57AF" w:rsidRPr="003B57AF" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.1) </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, подтверждающие предоставление </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обеспечения заявки</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -342,90 +469,67 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – ПП РФ</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 579);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B510BEF" w14:textId="77777777" w:rsidR="006431BB" w:rsidRPr="008F25AE" w:rsidRDefault="006431BB" w:rsidP="00871286">
-[...20 lines deleted...]
-    </w:p>
     <w:p w14:paraId="69C10AE3" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00485DD8" w:rsidRDefault="00287297" w:rsidP="00871286">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485DD8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2) предложение участника закупки в отношении объекта закупки:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E61EE0" w14:textId="77777777" w:rsidR="00522AF7" w:rsidRPr="00522AF7" w:rsidRDefault="00287297" w:rsidP="00522AF7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">а) </w:t>
       </w:r>
       <w:r w:rsidR="00522AF7" w:rsidRPr="00522AF7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -546,69 +650,69 @@
     <w:p w14:paraId="1DC04013" w14:textId="64FBA2DD" w:rsidR="002E4497" w:rsidRDefault="002E4497" w:rsidP="002E4497">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4497">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">для подтверждения происхождения товаров из Российской Федерации, не указанных в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="002E4497">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позициях 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002E4497">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="002E4497">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>146</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002E4497">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
@@ -622,69 +726,69 @@
       </w:r>
       <w:r w:rsidR="007C75A9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ПП РФ </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4497">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1875</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="002E4497">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позициях 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002E4497">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="002E4497">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>433</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002E4497">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
@@ -808,50 +912,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0526E5BA" w14:textId="60D534B4" w:rsidR="00894A53" w:rsidRDefault="00894A53" w:rsidP="0014600C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Подача заявки на участие в закупке означает согласие участника закупки, подавшего такую заявку, на поставку товара, выполнение работы, оказание услуги на условиях, предусмотренных извещ</w:t>
       </w:r>
       <w:r w:rsidR="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ением об осуществлении закупки</w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A90164">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -896,67 +1001,54 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="42971F76" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Формирование и размещение на электронной площадке заявки на участие в закупке осуществляются в соответствии с требованиями пункта 31 «Дополнительных требований к операторам электронных площадок, операторам специализированных электронных </w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="27821C0F" w14:textId="1DEDF57E" w:rsidR="00484029" w:rsidRPr="00EB7813" w:rsidRDefault="00484029" w:rsidP="00484029">
+        <w:t>Формирование и размещение на электронной площадке заявки на участие в закупке осуществляются в соответствии с требованиями пункта 31 «Дополнительных требований к операторам электронных площадок, операторам специализированных электронных площадок и функционированию электронных площадок, специализированных электронных площадок», утв. постановлением Правительства РФ от 08.06.2018 № 656.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27821C0F" w14:textId="4BEFF895" w:rsidR="00484029" w:rsidRPr="00EB7813" w:rsidRDefault="00484029" w:rsidP="00484029">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту </w:t>
       </w:r>
       <w:r w:rsidR="00C51EAB" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -1058,147 +1150,271 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключаемый контракт или предоставление обеспечения заявки на участие в </w:t>
       </w:r>
       <w:r w:rsidR="002431B1" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>закупке</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, обеспечения исполнения контракта является крупной сделкой</w:t>
       </w:r>
-      <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
-[...7 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="457B254B" w14:textId="13C1DCA3" w:rsidR="00D402B8" w:rsidRPr="00EB7813" w:rsidRDefault="00C51EAB" w:rsidP="00D402B8">
-[...63 lines deleted...]
-    <w:p w14:paraId="2BA0FEBB" w14:textId="498B1D74" w:rsidR="006611A8" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
+    <w:p w14:paraId="0326CD0E" w14:textId="77777777" w:rsidR="003A631F" w:rsidRPr="003A631F" w:rsidRDefault="00C51EAB" w:rsidP="003A631F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>По подпункту о) пункта 1 -</w:t>
+      </w:r>
+      <w:r w:rsidR="00D402B8" w:rsidRPr="00D402B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представить декларацию о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также включено положение о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003A631F" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA0FEBB" w14:textId="020C228E" w:rsidR="006611A8" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">По подпункту п) пункта 1 - </w:t>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">реквизиты счета участника закупки, на который в соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00A90164">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -1237,63 +1453,63 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в соответствии с законодательством Российской Федерации такой счет открывается после</w:t>
       </w:r>
       <w:r w:rsidR="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключения контракта</w:t>
       </w:r>
-      <w:r w:rsidR="0082768D">
-[...7 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="5EC6B1FB" w14:textId="7E09C892" w:rsidR="003B57AF" w:rsidRPr="00BD6822" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
+    <w:p w14:paraId="5EC6B1FB" w14:textId="7029B31F" w:rsidR="003B57AF" w:rsidRPr="00BD6822" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По пункту 1.1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
@@ -1338,53 +1554,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> особенностей, установленных ПП РФ  579. В соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00A90164">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "в"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579: участник закупки признается </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD6822">
@@ -1458,51 +1675,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> о внесении которых в качестве обеспечения заявки представлены в заявке </w:t>
       </w:r>
       <w:r w:rsidR="00A90164">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на участие в закупке, до даты подведения итогов определения поставщика (подрядчика, исполнителя) на счет, предусмотренный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579 (денежные средства вносятся участниками закупки на счет, указанный заказчиком в извещении </w:t>
       </w:r>
       <w:r w:rsidR="00A90164">
         <w:rPr>
@@ -1526,73 +1743,73 @@
         </w:rPr>
         <w:t>об осуществлении закупки, на котором в соответствии с законодательством Российской Федерации учитываются операции со средствами, поступающими заказчику). При этом заявка на</w:t>
       </w:r>
       <w:r w:rsidR="00A90164">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">участие в закупке, поданная таким участником закупки, отклоняется в порядке, установленном для случая, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 7 части 12 статьи 48</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0082768D">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Федерального закона.</w:t>
+      <w:r w:rsidR="005F2099">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1154E8FD" w14:textId="77777777" w:rsidR="00522AF7" w:rsidRPr="00522AF7" w:rsidRDefault="00B57B1F" w:rsidP="00522AF7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту а) пункта 2 - </w:t>
       </w:r>
       <w:r w:rsidR="00522AF7" w:rsidRPr="00522AF7">
@@ -1641,81 +1858,67 @@
         <w:t xml:space="preserve">частник </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">закупки </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">путем заполнения экранных форм веб-интерфейса электронной площадки  должен указать  товарный знак (при наличии у товара товарного знака), характеристики </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">предлагаемого участником закупки товара в части характеристик, содержащихся в разделе «Информация об объекте закупки» извещения о проведении электронного аукциона </w:t>
+        <w:t xml:space="preserve">путем заполнения экранных форм веб-интерфейса электронной площадки  должен указать  товарный знак (при наличии у товара товарного знака), характеристики предлагаемого участником закупки товара в части характеристик, содержащихся в разделе «Информация об объекте закупки» извещения о проведении электронного аукциона </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>пунктом 5 части 1 статьи 42</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -2037,61 +2240,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>приоритет имеет информация, указанная путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="265BF8D7" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>В случае, если характеристики</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> предлагаемого участником закупки товара в части характеристик, содержащихся в разделе «Информация об объекте закупки» извещения </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -2320,63 +2522,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">между данными, содержащимися </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">в характеристиках предлагаемого участником закупки товара,  указанными участником закупки в заявке на участие в закупке путем заполнения экранных форм веб-интерфейса электронной площадки и данными, представленными путем приложения электронного документа, содержащего информацию о характеристиках предлагаемого участником закупки товара, </w:t>
-[...11 lines deleted...]
-        <w:t>сформированную без использования электронной площадки, в том числе электронного образа бумажного документа (документа на бумажном</w:t>
+        <w:t>в характеристиках предлагаемого участником закупки товара,  указанными участником закупки в заявке на участие в закупке путем заполнения экранных форм веб-интерфейса электронной площадки и данными, представленными путем приложения электронного документа, содержащего информацию о характеристиках предлагаемого участником закупки товара, сформированную без использования электронной площадки, в том числе электронного образа бумажного документа (документа на бумажном</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>носителе</w:t>
       </w:r>
@@ -2436,92 +2626,102 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, указанная</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFE5236" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
+    <w:p w14:paraId="2BFE5236" w14:textId="3FF76513" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Информация, предусмотренная настоящим подпунктом, может не включаться в заявку </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>на участие в закупке в случае указания заказчиком в описании объекта закупки товарного знака</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve"> и предложения участником закупки товара, обозначенного таким товарным знаком.</w:t>
+        <w:t xml:space="preserve"> и предложения участником закупки товара, обоз</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2099">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наченного таким товарным знаком;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54687129" w14:textId="77777777" w:rsidR="007C75A9" w:rsidRDefault="00B57B1F" w:rsidP="007C75A9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту б) пункта 2 - </w:t>
       </w:r>
@@ -2595,277 +2795,268 @@
     </w:p>
     <w:p w14:paraId="21AD921F" w14:textId="77777777" w:rsidR="007C75A9" w:rsidRPr="007C75A9" w:rsidRDefault="007C75A9" w:rsidP="007C75A9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C75A9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     для подтверждения происхождения товаров из Российской Федерации, не указанных в позициях 1 - 146 приложения № 1 ПП РФ 1875, позициях 1 - 433 приложения № 2 к ПП РФ 1875;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19481A41" w14:textId="2DF60C61" w:rsidR="007C75A9" w:rsidRDefault="007C75A9" w:rsidP="007C75A9">
+    <w:p w14:paraId="19481A41" w14:textId="035EE8D8" w:rsidR="007C75A9" w:rsidRDefault="007C75A9" w:rsidP="007C75A9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C75A9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    для подтверждения происхождения товара из иностранного государства, за исключением предусмотренных пунктом 3 ПП РФ 1875 случаев, при которых предусмотрены иные информация и документы, подтверждающие происхождение товара из государств - членов Евразийского экономиче</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-        <w:t>ского союза.</w:t>
+      <w:r w:rsidR="005F2099">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ского союза;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A7958AF" w14:textId="7E23E688" w:rsidR="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="007C75A9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>В случае наличия противоречий, разночтений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">между данными, содержащими информацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">о стране происхождения товара, указанными участником закупки в заявке на участие в закупке </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">путем заполнения экранных форм веб-интерфейса электронной площадки и данными, содержащими информацию о стране происхождения путем приложения электронного документа, содержащего информацию о стране происхождения товара, сформированную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>без использования электронной площадки,  в том числе электронного образа бумажного документа (документа на бумажном носителе, преобразованного в электронную форму путем сканирования с сохранением его реквизитов в файле в формате PDF),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>В случае наличия противоречий, разночтений</w:t>
+        <w:t>приоритет имеет информация</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3712F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, указанная </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...35 lines deleted...]
-        <w:t>без использования электронной площадки,  в том числе электронного образа бумажного документа (документа на</w:t>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>путем</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>приоритет имеет информация</w:t>
-[...27 lines deleted...]
-        <w:t>путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
+        <w:t xml:space="preserve"> заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48611B17" w14:textId="77777777" w:rsidR="002A0568" w:rsidRDefault="002A0568" w:rsidP="002A0568">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A0568">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При присвоении в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="002A0568">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "б" пункта 1 части 5 статьи 49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A0568">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона порядкового номера заявке на участие в закупке, содержащей предложение о поставке товара только российского происхождения, осуществляется </w:t>
       </w:r>
       <w:r w:rsidRPr="002A0568">
         <w:rPr>
@@ -2881,87 +3072,86 @@
       </w:r>
       <w:r w:rsidRPr="002A0568">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>этого участника закупки либо увеличение на пятнадцать процентов ценового предложения этого участника закупки в случае подачи им предложения о размере платы, подлежащей внесению</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A0568">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> за заключение контракта. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31EDCBBF" w14:textId="77777777" w:rsidR="00C355F0" w:rsidRPr="00C355F0" w:rsidRDefault="00C355F0" w:rsidP="00C355F0">
-[...11 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="31EDCBBF" w14:textId="19B937A2" w:rsidR="00C355F0" w:rsidRPr="00C355F0" w:rsidRDefault="00C355F0" w:rsidP="00C355F0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C355F0">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">В соответствии с подпунктом «а» пункта 4 ПП РФ 1875 положения ПП РФ 1875, касающиеся товара российского происхождения, работы, услуги, соответственно выполняемой, оказываемой российским гражданином, российским юридическим лицом, применяются также в отношении товара, происходящего из государства - члена Евразийского экономического союза, работы, </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>В соответствии с подпунктом «а» пункта 4 ПП РФ 1875 положения ПП РФ 1875, касающиеся товара российского происхождения, работы, услуги, соответственно выполняемой, оказываемой российским гражданином, российским юридическим лицом, применяются также в отношении товара, происходящего из государства - члена Евразийского экономического союза, работы, услуги, соответственно выполняемой, оказываемой иностранным лицом, зарегистрированным на территории государства - члена Ев</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2099">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>разийского экономического союза;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6349444F" w14:textId="53FE685F" w:rsidR="00B57B1F" w:rsidRDefault="00B57B1F" w:rsidP="00B57B1F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту д) пункта 2 - </w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
@@ -2971,50 +3161,114 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>отсутствие таких информации и документов не является основанием для отклоне</w:t>
       </w:r>
       <w:r w:rsidR="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ния заявки на участие в закупке</w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="517CCE0F" w14:textId="77777777" w:rsidR="003A631F" w:rsidRDefault="003A631F" w:rsidP="00B57B1F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E15DEC9" w14:textId="77777777" w:rsidR="003A631F" w:rsidRPr="00CD7F93" w:rsidRDefault="003A631F" w:rsidP="003A631F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственность за недостоверность информации и (или) документов, включенных в заявку на участие в закупке, за действия, совершенные на основании указанных информации и (или) документов, несет участник закупки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2810B8B6" w14:textId="77777777" w:rsidR="003A631F" w:rsidRDefault="003A631F" w:rsidP="003A631F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BF9ED6A" w14:textId="77777777" w:rsidR="003A631F" w:rsidRDefault="003A631F" w:rsidP="00B57B1F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0C217A31" w14:textId="4DDF3A3F" w:rsidR="00415096" w:rsidRPr="0097662F" w:rsidRDefault="00415096" w:rsidP="00B57B1F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00415096" w:rsidRPr="0097662F" w:rsidSect="00D0327A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3073,133 +3327,138 @@
     <w:rsid w:val="000D404D"/>
     <w:rsid w:val="000E0B39"/>
     <w:rsid w:val="0014600C"/>
     <w:rsid w:val="001A0DE0"/>
     <w:rsid w:val="001E1C41"/>
     <w:rsid w:val="001E5B6E"/>
     <w:rsid w:val="001F52E5"/>
     <w:rsid w:val="00202D34"/>
     <w:rsid w:val="00231BE3"/>
     <w:rsid w:val="0023288C"/>
     <w:rsid w:val="0023727E"/>
     <w:rsid w:val="00242B97"/>
     <w:rsid w:val="002431B1"/>
     <w:rsid w:val="002713B0"/>
     <w:rsid w:val="00281A20"/>
     <w:rsid w:val="00287297"/>
     <w:rsid w:val="00295D23"/>
     <w:rsid w:val="002A0568"/>
     <w:rsid w:val="002B316E"/>
     <w:rsid w:val="002E4497"/>
     <w:rsid w:val="002F2EB7"/>
     <w:rsid w:val="00317C8B"/>
     <w:rsid w:val="003406BC"/>
     <w:rsid w:val="00357B08"/>
     <w:rsid w:val="00383105"/>
+    <w:rsid w:val="003A631F"/>
     <w:rsid w:val="003B57AF"/>
     <w:rsid w:val="004125BF"/>
     <w:rsid w:val="00415096"/>
     <w:rsid w:val="00422433"/>
     <w:rsid w:val="00442E9D"/>
     <w:rsid w:val="004539CF"/>
     <w:rsid w:val="0045563C"/>
     <w:rsid w:val="00484029"/>
     <w:rsid w:val="00485DD8"/>
     <w:rsid w:val="004D0409"/>
     <w:rsid w:val="004E5C92"/>
     <w:rsid w:val="00514346"/>
     <w:rsid w:val="00522AF7"/>
     <w:rsid w:val="005C432A"/>
+    <w:rsid w:val="005F2099"/>
     <w:rsid w:val="00600BE8"/>
     <w:rsid w:val="006200EE"/>
     <w:rsid w:val="0062552D"/>
     <w:rsid w:val="006431BB"/>
     <w:rsid w:val="006611A8"/>
     <w:rsid w:val="006D423F"/>
     <w:rsid w:val="00701D32"/>
     <w:rsid w:val="007149E0"/>
     <w:rsid w:val="00783D01"/>
     <w:rsid w:val="007B395E"/>
     <w:rsid w:val="007C75A9"/>
     <w:rsid w:val="00814AEF"/>
     <w:rsid w:val="00822959"/>
     <w:rsid w:val="0082768D"/>
     <w:rsid w:val="00852D30"/>
     <w:rsid w:val="008665BF"/>
     <w:rsid w:val="00871286"/>
     <w:rsid w:val="00872AA4"/>
     <w:rsid w:val="008841B1"/>
     <w:rsid w:val="00894A53"/>
     <w:rsid w:val="008A5666"/>
     <w:rsid w:val="008A6169"/>
     <w:rsid w:val="008C08B2"/>
     <w:rsid w:val="008C14FB"/>
     <w:rsid w:val="008D791E"/>
     <w:rsid w:val="008F0208"/>
     <w:rsid w:val="008F25AE"/>
     <w:rsid w:val="00926A53"/>
     <w:rsid w:val="00927CC2"/>
     <w:rsid w:val="00940E19"/>
     <w:rsid w:val="00943870"/>
     <w:rsid w:val="0097662F"/>
     <w:rsid w:val="00980CF0"/>
     <w:rsid w:val="00986E5A"/>
     <w:rsid w:val="009D1FCD"/>
     <w:rsid w:val="009F4423"/>
     <w:rsid w:val="00A20CF3"/>
     <w:rsid w:val="00A32F41"/>
     <w:rsid w:val="00A3712F"/>
     <w:rsid w:val="00A90164"/>
     <w:rsid w:val="00B074C1"/>
     <w:rsid w:val="00B2657E"/>
     <w:rsid w:val="00B40668"/>
     <w:rsid w:val="00B57B1F"/>
+    <w:rsid w:val="00C33C0E"/>
     <w:rsid w:val="00C355F0"/>
     <w:rsid w:val="00C357D6"/>
     <w:rsid w:val="00C51EAB"/>
     <w:rsid w:val="00C563C4"/>
     <w:rsid w:val="00C6239A"/>
     <w:rsid w:val="00C63710"/>
     <w:rsid w:val="00CA413F"/>
     <w:rsid w:val="00CA74AF"/>
     <w:rsid w:val="00CC2BFB"/>
     <w:rsid w:val="00D13481"/>
     <w:rsid w:val="00D211BA"/>
     <w:rsid w:val="00D402B8"/>
     <w:rsid w:val="00D4104F"/>
     <w:rsid w:val="00D757C9"/>
     <w:rsid w:val="00DA057A"/>
     <w:rsid w:val="00DC45E6"/>
     <w:rsid w:val="00E30993"/>
     <w:rsid w:val="00E909AA"/>
     <w:rsid w:val="00EB7813"/>
     <w:rsid w:val="00ED169C"/>
     <w:rsid w:val="00ED4BAD"/>
     <w:rsid w:val="00EF61C8"/>
+    <w:rsid w:val="00F03C39"/>
     <w:rsid w:val="00F121A8"/>
     <w:rsid w:val="00F652B3"/>
     <w:rsid w:val="00FA7388"/>
+    <w:rsid w:val="00FC482E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="55318EC3"/>
@@ -3347,51 +3606,50 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
@@ -3563,51 +3821,50 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
@@ -3624,51 +3881,51 @@
     <w:name w:val="ConsPlusNormal"/>
     <w:rsid w:val="00927CC2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100725" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100290" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2593" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100725" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2593" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100290" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3921,77 +4178,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB9B1242-35D0-4CC8-98B8-B60431CA5927}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7472E55B-6991-4287-B81F-D940B0125676}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2166</Words>
-  <Characters>12349</Characters>
+  <Words>2535</Words>
+  <Characters>14454</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>120</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14487</CharactersWithSpaces>
+  <CharactersWithSpaces>16956</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Сыроедина Е.А.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>