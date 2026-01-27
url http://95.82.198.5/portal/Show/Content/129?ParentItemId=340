--- v0 (2025-12-11)
+++ v1 (2026-01-27)
@@ -122,66 +122,192 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1C41">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>м) решение о согласии на совершение или о последующем одобрении крупной сделки, если требование о наличии такого решения установлено законодательством Российской Федерации, учредительными документами юридического лица и для</w:t>
       </w:r>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> участника закупки заключение контракта на поставку товара, выполнение работы или оказание услуги, являющихся объектом закупки, либо внесение денежных средств в качестве обеспечения заявки на участие в закупке, обеспечения исполнения контракта является крупной сделкой;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF82D9B" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00287297" w:rsidRDefault="00287297" w:rsidP="00871286">
+    <w:p w14:paraId="6547AF78" w14:textId="77777777" w:rsidR="00BD74DE" w:rsidRPr="003A631F" w:rsidRDefault="00287297" w:rsidP="00BD74DE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>о) декларация о соответствии участника закупки требованиям, установленным пунктами 3 - 5, 7 - 11 части 1 статьи 31 Федерального закона;</w:t>
+        <w:t xml:space="preserve">о) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">декларация о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть также включено положение о соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="00C33C0E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D2165A5" w14:textId="77777777" w:rsidR="006611A8" w:rsidRPr="006611A8" w:rsidRDefault="00287297" w:rsidP="006611A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">п) </w:t>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
@@ -204,50 +330,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ачестве оплаты поставленного товара, выполненной работы (ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после заключения контракта;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CF09E6" w14:textId="04A9D4F1" w:rsidR="003B57AF" w:rsidRPr="003B57AF" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.1) </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, подтверждающие предоставление </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обеспечения заявки</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -276,91 +403,68 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Об особенностях порядка предоставления обеспечения заявок на участие в закупках товаров, работ, услуг для обеспечения государственных или муниципальных нужд участниками таких закупок, являющимися иностранными лицами</w:t>
       </w:r>
       <w:r w:rsidR="00822959">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – ПП РФ 579);</w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="69C10AE3" w14:textId="77777777" w:rsidR="00287297" w:rsidRDefault="00287297" w:rsidP="00871286">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485DD8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2) предложение участника закупки в отношении объекта закупки:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E61EE0" w14:textId="77777777" w:rsidR="00522AF7" w:rsidRPr="00522AF7" w:rsidRDefault="00287297" w:rsidP="00522AF7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">а) </w:t>
       </w:r>
       <w:r w:rsidR="00522AF7" w:rsidRPr="00522AF7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -478,51 +582,51 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, определенные в соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00B4554B">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:anchor="dst12377" w:history="1">
+      <w:hyperlink r:id="rId12" w:anchor="dst12377" w:history="1">
         <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктом</w:t>
         </w:r>
         <w:r w:rsidR="00B4554B">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
@@ -764,71 +868,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">а) </w:t>
       </w:r>
       <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">для подтверждения происхождения </w:t>
       </w:r>
       <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">товаров, указанных в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позициях 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>433</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения № 2 к ПП РФ 1875 из Российской Федерации</w:t>
       </w:r>
       <w:r w:rsidR="000C7DED">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -838,51 +942,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B4687" w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>номер реестровой записи из реестра российской промышленной продукции</w:t>
       </w:r>
       <w:r w:rsidR="004B4687" w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="004B4687" w:rsidRPr="004B4687">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>статьей 17.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004B4687" w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона </w:t>
       </w:r>
       <w:r w:rsidR="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
@@ -904,53 +1008,62 @@
       </w:r>
       <w:r w:rsidR="004B4687" w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее - реестр российской промышленной продукции), </w:t>
       </w:r>
       <w:r w:rsidR="004B4687" w:rsidRPr="007604F2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>и справка, подтверждающая наличие специального инвестиционного контракта</w:t>
       </w:r>
       <w:r w:rsidR="004B4687" w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и предусмотренная </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId10" w:history="1">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="004B4687" w:rsidRPr="004B4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">предусмотренная </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="004B4687" w:rsidRPr="004B4687">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктом 1(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004B4687" w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Российской Федерации от</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004B4687" w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17 июля 2015 г. </w:t>
@@ -1060,60 +1173,51 @@
         </w:rPr>
         <w:t>информацию о совокупном количестве баллов</w:t>
       </w:r>
       <w:r w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> за выполнение (освоение) на территории Российской Федерации соответствующих операций (условий) (если в отношении такого товара </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПП РФ 719</w:t>
       </w:r>
       <w:r w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> за выполнение (освоение) на территории </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Российской Федерации соответствующих операций (условий) установлены требования о совокупном количестве баллов), которое составляет или превышает </w:t>
+        <w:t xml:space="preserve"> за выполнение (освоение) на территории Российской Федерации соответствующих операций (условий) установлены требования о совокупном количестве баллов), которое составляет или превышает </w:t>
       </w:r>
       <w:r w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>значение, определенное ПП РФ 719</w:t>
       </w:r>
       <w:r w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
@@ -1304,71 +1408,71 @@
       <w:r w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">б) </w:t>
       </w:r>
       <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">для подтверждения происхождения </w:t>
       </w:r>
       <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">товаров, указанных в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позициях 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>433</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000C7DED" w:rsidRPr="000C7DED">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения № 2 к ПП РФ 1875</w:t>
       </w:r>
       <w:r w:rsidR="000C7DED">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -1387,51 +1491,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, - </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>номер реестровой записи из евразийского реестра промышленных товаров</w:t>
       </w:r>
       <w:r w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государств - членов Евразийского экономического союза, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="004B4687">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>порядок</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004B4687">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> формирования и ведения которого устанавливается правом Евразийского экономического союза (далее - евразийский реестр промышленных товаров), содержащей в том числе:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2D580B27" w14:textId="77777777" w:rsidR="004B4687" w:rsidRPr="004B4687" w:rsidRDefault="004B4687" w:rsidP="004B4687">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1583,50 +1687,51 @@
       <w:r w:rsidR="00901969" w:rsidRPr="007540A5">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A59BE8B" w14:textId="49CA7603" w:rsidR="00894A53" w:rsidRDefault="00894A53" w:rsidP="00894A53">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>В соответствии с п</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">унктом </w:t>
       </w:r>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5 ч</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">асти </w:t>
@@ -1697,102 +1802,101 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">указание в заявке на участие в закупке </w:t>
       </w:r>
       <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>наименование страны происхождения товара</w:t>
       </w:r>
       <w:r w:rsidR="00C95028" w:rsidRPr="00C95028">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в соответствии с общероссийским </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00C95028" w:rsidRPr="00C95028">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>классификатором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C95028" w:rsidRPr="00C95028">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, используемым для идентификации стран мира </w:t>
       </w:r>
       <w:r w:rsidR="00647ADC" w:rsidRPr="00647ADC">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">для подтверждения происхождения товаров из Российской Федерации, указанных в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00647ADC" w:rsidRPr="000C7DED">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позициях 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00647ADC" w:rsidRPr="00647ADC">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00647ADC" w:rsidRPr="000C7DED">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>433</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00647ADC" w:rsidRPr="00647ADC">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения </w:t>
       </w:r>
       <w:r w:rsidR="00647ADC">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -1904,51 +2008,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, соответствующими потребности заказчика, </w:t>
       </w:r>
       <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>задекларировано заказчиком</w:t>
       </w:r>
       <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем третьим подпункта </w:t>
         </w:r>
         <w:r w:rsidR="000C7DED" w:rsidRPr="009D6540">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>«</w:t>
         </w:r>
         <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>а</w:t>
         </w:r>
         <w:r w:rsidR="000C7DED" w:rsidRPr="009D6540">
@@ -2096,51 +2200,51 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Формирование и размещение на электронной площадке заявки на участие в закупке осуществляются в соответствии с требованиями пункта 31 «Дополнительных требований к операторам электронных площадок, операторам специализированных электронных площадок и функционированию электронных площадок, специализированных электронных площадок», утв. постановлением Правительства РФ от 08.06.2018 № 656.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27821C0F" w14:textId="54DD9513" w:rsidR="00484029" w:rsidRPr="00EB7813" w:rsidRDefault="00484029" w:rsidP="00484029">
+    <w:p w14:paraId="27821C0F" w14:textId="54975313" w:rsidR="00484029" w:rsidRPr="00EB7813" w:rsidRDefault="00484029" w:rsidP="00484029">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту </w:t>
       </w:r>
       <w:r w:rsidR="00C51EAB" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -2202,241 +2306,364 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключаемый контракт или предоставление обеспечения заявки на участие в </w:t>
       </w:r>
       <w:r w:rsidR="002431B1" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>закупке</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, обеспечения исполнения контракта является крупной сделкой</w:t>
       </w:r>
-      <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
-[...7 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00057411">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="457B254B" w14:textId="13C1DCA3" w:rsidR="00D402B8" w:rsidRPr="00EB7813" w:rsidRDefault="00C51EAB" w:rsidP="00D402B8">
-[...63 lines deleted...]
-    <w:p w14:paraId="2BA0FEBB" w14:textId="44B7696D" w:rsidR="006611A8" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
+    <w:p w14:paraId="18A17EA7" w14:textId="77777777" w:rsidR="00BD74DE" w:rsidRPr="003A631F" w:rsidRDefault="00C51EAB" w:rsidP="00BD74DE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>По подпункту о) пункта 1 -</w:t>
+      </w:r>
+      <w:r w:rsidR="00D402B8" w:rsidRPr="00D402B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представить декларацию о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также включено положение о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA0FEBB" w14:textId="54D31A85" w:rsidR="006611A8" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">По подпункту п) пункта 1 - </w:t>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>реквизиты счета участника закупки, на который в соответствии с законодательством Российской Федерации осуществляется перечисление денежных средств в качестве оплаты поставленного товара, выполненной работы (ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после</w:t>
       </w:r>
       <w:r w:rsidR="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключения контракта</w:t>
       </w:r>
-      <w:r w:rsidR="0082768D">
-[...7 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00057411">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="5EC6B1FB" w14:textId="7528AA99" w:rsidR="003B57AF" w:rsidRPr="00BD6822" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
+    <w:p w14:paraId="5EC6B1FB" w14:textId="73FD2B92" w:rsidR="003B57AF" w:rsidRPr="00BD6822" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По пункту 1.1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">если при проведении открытого аукциона в электронной форме предусмотрено предоставление обеспечения заявки на участие в закупке, участники закупки, являющиеся юридическими лицами, зарегистрированными на территории государства - члена Евразийского экономического союза, за исключением Российской Федерации, или физическими лицами, </w:t>
-[...11 lines deleted...]
-        <w:t>являющимися гражданами государства - члена Евразийского экономического союза, за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде денежных средств с учетом</w:t>
+        <w:t>если при проведении открытого аукциона в электронной форме предусмотрено предоставление обеспечения заявки на участие в закупке, участники закупки, являющиеся юридическими лицами, зарегистрированными на территории государства - члена Евразийского экономического союза, за исключением Российской Федерации, или физическими лицами, являющимися гражданами государства - члена Евразийского экономического союза, за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде денежных средств с учетом</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> особенностей, установленных ПП РФ  579. В соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "в"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579: участник закупки признается </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD6822">
@@ -2488,109 +2715,109 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>документы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> о внесении которых в качестве обеспечения заявки представлены в заявке на участие в закупке, до даты подведения итогов определения поставщика (подрядчика, исполнителя) на счет, предусмотренный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579 (денежные средства вносятся участниками закупки на счет, указанный заказчиком в извещении об осуществлении закупки, на котором в соответствии с законодательством Российской Федерации учитываются операции со средствами, поступающими заказчику). При этом заявка на участие </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">в закупке, поданная таким участником закупки, отклоняется в порядке, установленном для случая, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 7 части 12 статьи 48</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0082768D">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Федерального закона.</w:t>
+      <w:r w:rsidR="00057411">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1154E8FD" w14:textId="77777777" w:rsidR="00522AF7" w:rsidRPr="00522AF7" w:rsidRDefault="00B57B1F" w:rsidP="00522AF7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту а) пункта 2 - </w:t>
       </w:r>
       <w:r w:rsidR="00522AF7" w:rsidRPr="00522AF7">
@@ -2655,51 +2882,51 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">путем заполнения экранных форм веб-интерфейса электронной площадки  должен указать  товарный знак (при наличии у товара товарного знака), характеристики предлагаемого участником закупки товара в части характеристик, содержащихся в разделе «Информация об объекте закупки» извещения о проведении электронного аукциона </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>пунктом 5 части 1 статьи 42</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -2764,50 +2991,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC21587" w14:textId="77777777" w:rsidR="00AC2A66" w:rsidRPr="00390EAB" w:rsidRDefault="00AC2A66" w:rsidP="00AC2A66">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00390EAB">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>При наличии у товара товарного знака участник закупки путем заполнения экранных форм веб-интерфейса электронной площадки  может указать в блоке «товарный знак» номер государственной регистрации товарного знака, позволяющий однозначно идентифицировать товарный знак в официальных реестрах товарных знаков для включения такой информации в электронный контракт.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C0B7FB" w14:textId="77777777" w:rsidR="00AC2A66" w:rsidRPr="003E65D3" w:rsidRDefault="00AC2A66" w:rsidP="00AC2A66">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024DA8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3021,62 +3249,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>приоритет имеет информация, указанная путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="265BF8D7" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>В случае, если характеристики</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> предлагаемого участником закупки товара в части характеристик, содержащихся в разделе «Информация об объекте закупки» извещения </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -3414,93 +3639,106 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, указанная</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFE5236" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
+    <w:p w14:paraId="2BFE5236" w14:textId="71899819" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Информация, предусмотренная настоящим подпунктом, может не включаться в заявку </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>на участие в закупке в случае указания заказчиком в описании объекта закупки товарного знака</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve"> и предложения участником закупки товара, обозначенного таким товарным знаком.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> и предложения участником закупки товара, обозначенного таким товарным знаком</w:t>
+      </w:r>
+      <w:r w:rsidR="00810AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2A0705E1" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту б) пункта 2 - </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
@@ -3515,51 +3753,51 @@
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">путем заполнения экранных форм веб-интерфейса электронной площадки должен указать наименование страны происхождения товара </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>(в соответствии с Общероссийским классификатором стран мира).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7958AF" w14:textId="7FB50E30" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
+    <w:p w14:paraId="6A7958AF" w14:textId="005E09E0" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
@@ -3679,105 +3917,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, указанная</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
+        <w:t xml:space="preserve"> путем заполнения экранных форм веб-</w:t>
+      </w:r>
+      <w:r w:rsidR="00057411">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>интерфейса электронной площадки</w:t>
+      </w:r>
+      <w:r w:rsidR="00057411">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6349444F" w14:textId="53FE685F" w:rsidR="00B57B1F" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="00B57B1F">
+    <w:p w14:paraId="6349444F" w14:textId="3490B221" w:rsidR="00B57B1F" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="00B57B1F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">По подпункту д) пункта 2 - </w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>отсутствие таких информации и документов не является основанием для отклоне</w:t>
       </w:r>
       <w:r w:rsidR="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ния заявки на участие в закупке</w:t>
       </w:r>
-      <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
-[...7 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00057411">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF1E830" w14:textId="7264678D" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="007B395E" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По пункту 3 - </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
@@ -4137,51 +4401,62 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>российского происхождения, являющегося радиоэлектронной продукцией, не признанной</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в соответствии с ПП РФ 719 радиоэлектронной продукцией </w:t>
+        <w:t xml:space="preserve"> в соответствии с ПП РФ 719 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6540">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">радиоэлектронной продукцией </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>первого уровня</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC7B1A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -4248,51 +4523,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>если на участие в такой закупке подана заявка</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> на участие в закупке, признанная по результатам ее рассмотрения соответствующей установленным в соответствии с Федеральным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId34">
         <w:r w:rsidRPr="00BE1B97">
           <w:t>законом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> требованиям и содержащая предложение о поставке </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>товара российского происхождения, являющегося радиоэлектронной продукцией</w:t>
       </w:r>
@@ -4342,77 +4617,77 @@
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии с подпунктом «ц» пункта 4 ПП РФ 1875 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">если при осуществлении закупки товаров, указанных в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00001802">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>позициях 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00001802">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>433</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения № 2</w:t>
       </w:r>
@@ -4425,51 +4700,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> к ПП РФ 1875, </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>заказчиком</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00BE1B97">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>абзацем третьим подпункта «а» пункта 7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПП РФ 1875 </w:t>
       </w:r>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -4503,51 +4778,51 @@
         </w:rPr>
         <w:t>а на участие в закупке подана заявка</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на участие в закупке, признанная по результатам ее рассмотрения соответствующей установленным в соответствии с Федеральным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00BE1B97">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>законом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  требованиям и </w:t>
       </w:r>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -4558,73 +4833,73 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>содержащая предложение о поставке такого товара, включенного в реестр российской промышленной продукции или евразийский реестр промышленных товаров</w:t>
       </w:r>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и предусмотренный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="00EC7B1A">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом «а</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">» или </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00EC7B1A">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>«б» пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПП РФ 1875 </w:t>
       </w:r>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -4653,64 +4928,63 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>то заявка</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> на участие в закупке, </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>содержащая</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> предусмотренное </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00EC7B1A">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>абзацем третьим подпункта</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="00EC7B1A">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> «з» пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -4757,50 +5031,90 @@
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> на участие в закупке, в которой содержится предложение </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC7B1A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>о поставке товара, происходящего из иностранного государства.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19F8D11D" w14:textId="77777777" w:rsidR="009D6540" w:rsidRDefault="009D6540" w:rsidP="009D6540">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22CE284A" w14:textId="77777777" w:rsidR="00BD74DE" w:rsidRPr="00CD7F93" w:rsidRDefault="00BD74DE" w:rsidP="00BD74DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственность за недостоверность информации и (или) документов, включенных в заявку на участие в закупке, за действия, совершенные на основании указанных информации и (или) документов, несет участник закупки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59EC6457" w14:textId="77777777" w:rsidR="00BD74DE" w:rsidRDefault="00BD74DE" w:rsidP="00BD74DE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="797B10C3" w14:textId="77777777" w:rsidR="009D6540" w:rsidRPr="009D6540" w:rsidRDefault="009D6540" w:rsidP="009D6540">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7684399B" w14:textId="77777777" w:rsidR="009D6540" w:rsidRDefault="009D6540" w:rsidP="00082F26">
       <w:pPr>
@@ -4878,50 +5192,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00600BE8"/>
     <w:rsid w:val="00001802"/>
     <w:rsid w:val="00003B25"/>
     <w:rsid w:val="00017832"/>
     <w:rsid w:val="00024495"/>
     <w:rsid w:val="00024861"/>
+    <w:rsid w:val="00057411"/>
     <w:rsid w:val="00082F26"/>
     <w:rsid w:val="00083549"/>
     <w:rsid w:val="000C181A"/>
     <w:rsid w:val="000C7DED"/>
     <w:rsid w:val="000D404D"/>
     <w:rsid w:val="000E0B39"/>
     <w:rsid w:val="0014600C"/>
     <w:rsid w:val="001A4BB2"/>
     <w:rsid w:val="001E1C41"/>
     <w:rsid w:val="001E5B6E"/>
     <w:rsid w:val="001F52E5"/>
     <w:rsid w:val="00207D27"/>
     <w:rsid w:val="00231BE3"/>
     <w:rsid w:val="0023288C"/>
     <w:rsid w:val="0023727E"/>
     <w:rsid w:val="002431B1"/>
     <w:rsid w:val="002713B0"/>
     <w:rsid w:val="0027732E"/>
     <w:rsid w:val="00281A20"/>
     <w:rsid w:val="00287297"/>
     <w:rsid w:val="00295D23"/>
     <w:rsid w:val="002F2EB7"/>
     <w:rsid w:val="00317C8B"/>
     <w:rsid w:val="003406BC"/>
     <w:rsid w:val="00357B08"/>
@@ -4934,80 +5249,82 @@
     <w:rsid w:val="00442E9D"/>
     <w:rsid w:val="004539CF"/>
     <w:rsid w:val="0045563C"/>
     <w:rsid w:val="00484029"/>
     <w:rsid w:val="00485DD8"/>
     <w:rsid w:val="004B4687"/>
     <w:rsid w:val="004D0409"/>
     <w:rsid w:val="004E5C92"/>
     <w:rsid w:val="004E74B0"/>
     <w:rsid w:val="00514346"/>
     <w:rsid w:val="00522AF7"/>
     <w:rsid w:val="005E26C6"/>
     <w:rsid w:val="00600BE8"/>
     <w:rsid w:val="006200EE"/>
     <w:rsid w:val="00647ADC"/>
     <w:rsid w:val="0065445B"/>
     <w:rsid w:val="006611A8"/>
     <w:rsid w:val="006D423F"/>
     <w:rsid w:val="00701D32"/>
     <w:rsid w:val="007149E0"/>
     <w:rsid w:val="007540A5"/>
     <w:rsid w:val="007604F2"/>
     <w:rsid w:val="007658AC"/>
     <w:rsid w:val="00783D01"/>
     <w:rsid w:val="007B395E"/>
+    <w:rsid w:val="00810AB4"/>
     <w:rsid w:val="00814AEF"/>
     <w:rsid w:val="00822959"/>
     <w:rsid w:val="0082768D"/>
     <w:rsid w:val="00852D30"/>
     <w:rsid w:val="008665BF"/>
     <w:rsid w:val="00871286"/>
     <w:rsid w:val="00872AA4"/>
     <w:rsid w:val="008841B1"/>
     <w:rsid w:val="00894A53"/>
     <w:rsid w:val="008A5666"/>
     <w:rsid w:val="008A6169"/>
     <w:rsid w:val="008A76D5"/>
     <w:rsid w:val="008C14FB"/>
     <w:rsid w:val="008D791E"/>
     <w:rsid w:val="008F0208"/>
     <w:rsid w:val="00901969"/>
     <w:rsid w:val="00940E19"/>
     <w:rsid w:val="00943870"/>
     <w:rsid w:val="00986E5A"/>
     <w:rsid w:val="009D1FCD"/>
     <w:rsid w:val="009D6540"/>
     <w:rsid w:val="009F4423"/>
     <w:rsid w:val="00A20CF3"/>
     <w:rsid w:val="00A32F41"/>
     <w:rsid w:val="00A43CAA"/>
     <w:rsid w:val="00AC2A66"/>
     <w:rsid w:val="00B074C1"/>
     <w:rsid w:val="00B2657E"/>
     <w:rsid w:val="00B4554B"/>
     <w:rsid w:val="00B57B1F"/>
+    <w:rsid w:val="00BD74DE"/>
     <w:rsid w:val="00BE1B97"/>
     <w:rsid w:val="00C357D6"/>
     <w:rsid w:val="00C41D13"/>
     <w:rsid w:val="00C51EAB"/>
     <w:rsid w:val="00C563C4"/>
     <w:rsid w:val="00C6239A"/>
     <w:rsid w:val="00C63710"/>
     <w:rsid w:val="00C95028"/>
     <w:rsid w:val="00CA413F"/>
     <w:rsid w:val="00CA74AF"/>
     <w:rsid w:val="00CC1D41"/>
     <w:rsid w:val="00CC2BFB"/>
     <w:rsid w:val="00D13481"/>
     <w:rsid w:val="00D211BA"/>
     <w:rsid w:val="00D402B8"/>
     <w:rsid w:val="00D4104F"/>
     <w:rsid w:val="00D757C9"/>
     <w:rsid w:val="00DA057A"/>
     <w:rsid w:val="00DC45E6"/>
     <w:rsid w:val="00E30993"/>
     <w:rsid w:val="00E909AA"/>
     <w:rsid w:val="00EB7813"/>
     <w:rsid w:val="00EC7B1A"/>
     <w:rsid w:val="00ED4BAD"/>
     <w:rsid w:val="00F121A8"/>
@@ -5459,51 +5776,51 @@
     <w:name w:val="ConsPlusNormal"/>
     <w:rsid w:val="00AC2A66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506177&amp;dst=100068" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=483361" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=36" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=36" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=5" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100014" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508159&amp;dst=1170" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=479337&amp;dst=225" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486066&amp;dst=100010" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492046" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492046" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=483361" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508159&amp;dst=1170" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486066&amp;dst=100010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=5" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=36" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100014" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=479337&amp;dst=225" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=36" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506177&amp;dst=100068" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5756,77 +6073,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4AB0A13-3459-4991-9EC5-A99B30615D67}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08502244-0492-4CB6-B848-B64924FF917A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3157</Words>
-  <Characters>17997</Characters>
+  <Words>3526</Words>
+  <Characters>20100</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>149</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>167</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21112</CharactersWithSpaces>
+  <CharactersWithSpaces>23579</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Сыроедина Е.А.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>