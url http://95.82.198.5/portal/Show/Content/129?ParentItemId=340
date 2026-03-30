--- v1 (2026-01-27)
+++ v2 (2026-03-30)
@@ -1748,51 +1748,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>атьи</w:t>
       </w:r>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 43 Федерального закона –  в случае отсутствия таких информации и документов в заявке на участие в закупке такая заявка приравнивается к заявке, в которой содержится предложение о поставке товаров, происходящих из иностранного государства, работ, услуг, соответственно выполняемых, оказываемых иностранными лицами.</w:t>
       </w:r>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2691A26B" w14:textId="0DD3824A" w:rsidR="00C95028" w:rsidRPr="009D6540" w:rsidRDefault="00901969" w:rsidP="00647ADC">
+    <w:p w14:paraId="2D17F5F7" w14:textId="77777777" w:rsidR="00DC0015" w:rsidRDefault="00901969" w:rsidP="0014600C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C95028">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В соответствии с подпунктом «з» пункта 3 ПП РФ 1875</w:t>
       </w:r>
       <w:r w:rsidR="00C95028" w:rsidRPr="00C95028">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
@@ -2015,51 +2015,67 @@
       <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>задекларировано заказчиком</w:t>
       </w:r>
       <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в соответствии с </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t xml:space="preserve">абзацем третьим подпункта </w:t>
+          <w:t xml:space="preserve">абзацем </w:t>
+        </w:r>
+        <w:r w:rsidR="008A3E4E">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>четвертым</w:t>
+        </w:r>
+        <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> подпункта </w:t>
         </w:r>
         <w:r w:rsidR="000C7DED" w:rsidRPr="009D6540">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>«</w:t>
         </w:r>
         <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>а</w:t>
         </w:r>
         <w:r w:rsidR="000C7DED" w:rsidRPr="009D6540">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>»</w:t>
         </w:r>
@@ -2101,51 +2117,221 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>за исключением случая, если в заявке</w:t>
       </w:r>
       <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на участие в закупке </w:t>
       </w:r>
       <w:r w:rsidR="00C95028" w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>содержится предложение о поставке товара, который по состоянию на момент подачи заявки на участие в закупке включен в реестр российской промышленной продукции.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0526E5BA" w14:textId="167C1288" w:rsidR="00894A53" w:rsidRDefault="00894A53" w:rsidP="0014600C">
+    <w:p w14:paraId="4111A4CA" w14:textId="79080831" w:rsidR="00DC0015" w:rsidRPr="00DC0015" w:rsidRDefault="00DC0015" w:rsidP="00DC0015">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оложения </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00DC0015">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаца второго подпункта </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DC0015">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>«</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DC0015">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>а</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DC0015">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>»</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DC0015">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> пункта 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПП РФ 1875</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о совокупном количестве баллов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не применяются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>установленными требованиями подпункта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «н» пункта 10 ПП РФ 1875</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4165EAC3" w14:textId="0D4ED8F7" w:rsidR="00DC0015" w:rsidRPr="00DC0015" w:rsidRDefault="00DC0015" w:rsidP="0014600C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0526E5BA" w14:textId="0B43C193" w:rsidR="00894A53" w:rsidRDefault="00894A53" w:rsidP="0014600C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Подача заявки на участие в закупке означает согласие участника закупки, подавшего такую заявку, на поставку товара, выполнение работы, оказание услуги на условиях, предусмотренных извещ</w:t>
       </w:r>
       <w:r w:rsidR="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -2284,51 +2470,62 @@
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – документы включаются в заявку в случае, если требование о необходимости наличия данного решения для совершения крупной сделки установлено федеральными законами и иными нормативными правовыми актами Российской Федерации и (или) учредительными документами юридического лица и для участника </w:t>
       </w:r>
       <w:r w:rsidR="002431B1" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>закупки</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> заключаемый контракт или предоставление обеспечения заявки на участие в </w:t>
+        <w:t xml:space="preserve"> заключаемый </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">контракт или предоставление обеспечения заявки на участие в </w:t>
       </w:r>
       <w:r w:rsidR="002431B1" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>закупке</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, обеспечения исполнения контракта является крупной сделкой</w:t>
       </w:r>
       <w:r w:rsidR="00057411">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -2362,202 +2559,191 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>По подпункту о) пункта 1 -</w:t>
       </w:r>
       <w:r w:rsidR="00D402B8" w:rsidRPr="00D402B8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">представить декларацию о соответствии участника закупки требованиям, установленным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктами 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>11 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> также включено положение о соответствии участника закупки требованиям, установленным </w:t>
+        <w:t xml:space="preserve">  Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 1 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также включено положение о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BD74DE" w:rsidRPr="003A631F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA0FEBB" w14:textId="54D31A85" w:rsidR="006611A8" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту п) пункта 1 - </w:t>
@@ -2619,51 +2805,51 @@
         <w:t xml:space="preserve">По пункту 1.1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>если при проведении открытого аукциона в электронной форме предусмотрено предоставление обеспечения заявки на участие в закупке, участники закупки, являющиеся юридическими лицами, зарегистрированными на территории государства - члена Евразийского экономического союза, за исключением Российской Федерации, или физическими лицами, являющимися гражданами государства - члена Евразийского экономического союза, за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде денежных средств с учетом</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> особенностей, установленных ПП РФ  579. В соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "в"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579: участник закупки признается </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD6822">
@@ -2715,87 +2901,87 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>документы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> о внесении которых в качестве обеспечения заявки представлены в заявке на участие в закупке, до даты подведения итогов определения поставщика (подрядчика, исполнителя) на счет, предусмотренный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579 (денежные средства вносятся участниками закупки на счет, указанный заказчиком в извещении об осуществлении закупки, на котором в соответствии с законодательством Российской Федерации учитываются операции со средствами, поступающими заказчику). При этом заявка на участие </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">в закупке, поданная таким участником закупки, отклоняется в порядке, установленном для случая, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 7 части 12 статьи 48</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00057411">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1154E8FD" w14:textId="77777777" w:rsidR="00522AF7" w:rsidRPr="00522AF7" w:rsidRDefault="00B57B1F" w:rsidP="00522AF7">
@@ -2830,50 +3016,51 @@
         </w:rPr>
         <w:t>характеристики предлагаемого участником закупки товара, соответствующие показателям, установленным в описании объекта закупки (в разделе «Информация об объекте закупки» извещения о проведении электронного аукциона), товарный знак (при наличии у товара товарного знака):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC35334" w14:textId="22ADF880" w:rsidR="00EB7813" w:rsidRDefault="00A43CAA" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">частник </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">закупки </w:t>
       </w:r>
@@ -2882,51 +3069,51 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">путем заполнения экранных форм веб-интерфейса электронной площадки  должен указать  товарный знак (при наличии у товара товарного знака), характеристики предлагаемого участником закупки товара в части характеристик, содержащихся в разделе «Информация об объекте закупки» извещения о проведении электронного аукциона </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>пунктом 5 части 1 статьи 42</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -2991,51 +3178,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC21587" w14:textId="77777777" w:rsidR="00AC2A66" w:rsidRPr="00390EAB" w:rsidRDefault="00AC2A66" w:rsidP="00AC2A66">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00390EAB">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>При наличии у товара товарного знака участник закупки путем заполнения экранных форм веб-интерфейса электронной площадки  может указать в блоке «товарный знак» номер государственной регистрации товарного знака, позволяющий однозначно идентифицировать товарный знак в официальных реестрах товарных знаков для включения такой информации в электронный контракт.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C0B7FB" w14:textId="77777777" w:rsidR="00AC2A66" w:rsidRPr="003E65D3" w:rsidRDefault="00AC2A66" w:rsidP="00AC2A66">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024DA8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3535,51 +3721,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">между данными, содержащимися </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t>в характеристиках предлагаемого участником закупки товара,  указанными участником закупки в заявке на участие в закупке путем заполнения экранных форм веб-интерфейса электронной площадки и данными, представленными путем приложения электронного документа, содержащего информацию о характеристиках предлагаемого участником закупки товара, сформированную без использования электронной площадки, в том числе электронного образа бумажного документа (документа на бумажном</w:t>
+        <w:t xml:space="preserve">в характеристиках предлагаемого участником закупки товара,  указанными участником закупки в заявке на участие в закупке путем заполнения экранных форм веб-интерфейса электронной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>площадки и данными, представленными путем приложения электронного документа, содержащего информацию о характеристиках предлагаемого участником закупки товара, сформированную без использования электронной площадки, в том числе электронного образа бумажного документа (документа на бумажном</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>носителе</w:t>
       </w:r>
@@ -3658,87 +3856,84 @@
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BFE5236" w14:textId="71899819" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Информация, предусмотренная настоящим подпунктом, может не включаться в заявку </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>на участие в закупке в случае указания заказчиком в описании объекта закупки товарного знака</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve"> и предложения участником закупки товара, обозначенного таким товарным знаком</w:t>
       </w:r>
       <w:r w:rsidR="00810AB4">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2A0705E1" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту б) пункта 2 - </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
@@ -4292,51 +4487,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="09F96FB5" w14:textId="77777777" w:rsidR="009D6540" w:rsidRDefault="009D6540" w:rsidP="009D6540">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>В соответствии с подпунктом «а» пункта 4 ПП РФ 1875 положения ПП РФ 1875, касающиеся товара российского происхождения, работы, услуги, соответственно выполняемой, оказываемой российским гражданином, российским юридическим лицом, применяются также в отношении товара, происходящего из государства - члена Евразийского экономического союза, работы, услуги, соответственно выполняемой, оказываемой иностранным лицом, зарегистрированным на территории государства - члена Евразийского экономического союза.</w:t>
+        <w:t xml:space="preserve">В соответствии с подпунктом «а» пункта 4 ПП РФ 1875 положения ПП РФ 1875, касающиеся товара российского происхождения, работы, услуги, соответственно выполняемой, оказываемой российским гражданином, российским юридическим лицом, применяются также в отношении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6540">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>товара, происходящего из государства - члена Евразийского экономического союза, работы, услуги, соответственно выполняемой, оказываемой иностранным лицом, зарегистрированным на территории государства - члена Евразийского экономического союза.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="013EF0C5" w14:textId="77777777" w:rsidR="009D6540" w:rsidRPr="009D6540" w:rsidRDefault="009D6540" w:rsidP="009D6540">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии с подпунктом «т» пункта 4 ПП РФ 1875 при осуществлении закупок товаров, </w:t>
@@ -4401,62 +4607,51 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>российского происхождения, являющегося радиоэлектронной продукцией, не признанной</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в соответствии с ПП РФ 719 </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">радиоэлектронной продукцией </w:t>
+        <w:t xml:space="preserve"> в соответствии с ПП РФ 719 радиоэлектронной продукцией </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>первого уровня</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC7B1A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -4523,51 +4718,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>если на участие в такой закупке подана заявка</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> на участие в закупке, признанная по результатам ее рассмотрения соответствующей установленным в соответствии с Федеральным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34">
+      <w:hyperlink r:id="rId35">
         <w:r w:rsidRPr="00BE1B97">
           <w:t>законом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> требованиям и содержащая предложение о поставке </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>товара российского происхождения, являющегося радиоэлектронной продукцией</w:t>
       </w:r>
@@ -4582,112 +4777,112 @@
         <w:t>, признанной в соответствии с ПП РФ 719  радиоэлектронной продукцией</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>первого уровня.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A766A4" w14:textId="77777777" w:rsidR="009D6540" w:rsidRPr="009D6540" w:rsidRDefault="009D6540" w:rsidP="009D6540">
+    <w:p w14:paraId="66A766A4" w14:textId="3D930968" w:rsidR="009D6540" w:rsidRDefault="009D6540" w:rsidP="009D6540">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии с подпунктом «ц» пункта 4 ПП РФ 1875 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">если при осуществлении закупки товаров, указанных в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00001802">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>позициях 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00001802">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>433</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения № 2</w:t>
       </w:r>
@@ -4700,60 +4895,80 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> к ПП РФ 1875, </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>заказчиком</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00BE1B97">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>абзацем третьим подпункта «а» пункта 7</w:t>
+          <w:t xml:space="preserve">абзацем </w:t>
+        </w:r>
+        <w:r w:rsidR="00E41BDE">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>четвертым</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BE1B97">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> подпункта «а» пункта 7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПП РФ 1875 </w:t>
       </w:r>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>задекларировано отсутствие в реестре российской промышленной продукции</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
@@ -4778,51 +4993,51 @@
         </w:rPr>
         <w:t>а на участие в закупке подана заявка</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на участие в закупке, признанная по результатам ее рассмотрения соответствующей установленным в соответствии с Федеральным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="00BE1B97">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>законом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  требованиям и </w:t>
       </w:r>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -4833,73 +5048,73 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>содержащая предложение о поставке такого товара, включенного в реестр российской промышленной продукции или евразийский реестр промышленных товаров</w:t>
       </w:r>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и предусмотренный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00EC7B1A">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом «а</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">» или </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00EC7B1A">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>«б» пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПП РФ 1875 </w:t>
       </w:r>
       <w:r w:rsidRPr="00001802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -4940,51 +5155,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> на участие в закупке, </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>содержащая</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> предусмотренное </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00EC7B1A">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>абзацем третьим подпункта</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="00EC7B1A">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> «з» пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -5030,61 +5245,162 @@
       </w:r>
       <w:r w:rsidRPr="009D6540">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> на участие в закупке, в которой содержится предложение </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC7B1A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>о поставке товара, происходящего из иностранного государства.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="4BBD0CBE" w14:textId="77777777" w:rsidR="00EF0428" w:rsidRPr="00EF0428" w:rsidRDefault="00EF0428" w:rsidP="00EF0428">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF0428">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положения </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidRPr="00EF0428">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>абзаца второго подпункта «а» пункта 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EF0428">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПП РФ 1875 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0428">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о совокупном количестве баллов) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0428">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>не применяются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0428">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0428">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии с установленными требованиями подпункта «н» пункта 10 ПП РФ 1875.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E01F267" w14:textId="77777777" w:rsidR="00EF0428" w:rsidRPr="00EF0428" w:rsidRDefault="00EF0428" w:rsidP="009D6540">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="19F8D11D" w14:textId="77777777" w:rsidR="009D6540" w:rsidRDefault="009D6540" w:rsidP="009D6540">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="22CE284A" w14:textId="77777777" w:rsidR="00BD74DE" w:rsidRPr="00CD7F93" w:rsidRDefault="00BD74DE" w:rsidP="00BD74DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD7F93">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -5239,116 +5555,121 @@
     <w:rsid w:val="002F2EB7"/>
     <w:rsid w:val="00317C8B"/>
     <w:rsid w:val="003406BC"/>
     <w:rsid w:val="00357B08"/>
     <w:rsid w:val="00383105"/>
     <w:rsid w:val="00391302"/>
     <w:rsid w:val="003B57AF"/>
     <w:rsid w:val="004125BF"/>
     <w:rsid w:val="004132B6"/>
     <w:rsid w:val="00422433"/>
     <w:rsid w:val="00442E9D"/>
     <w:rsid w:val="004539CF"/>
     <w:rsid w:val="0045563C"/>
     <w:rsid w:val="00484029"/>
     <w:rsid w:val="00485DD8"/>
     <w:rsid w:val="004B4687"/>
     <w:rsid w:val="004D0409"/>
     <w:rsid w:val="004E5C92"/>
     <w:rsid w:val="004E74B0"/>
     <w:rsid w:val="00514346"/>
     <w:rsid w:val="00522AF7"/>
     <w:rsid w:val="005E26C6"/>
     <w:rsid w:val="00600BE8"/>
     <w:rsid w:val="006200EE"/>
     <w:rsid w:val="00647ADC"/>
+    <w:rsid w:val="00653B5D"/>
     <w:rsid w:val="0065445B"/>
     <w:rsid w:val="006611A8"/>
     <w:rsid w:val="006D423F"/>
     <w:rsid w:val="00701D32"/>
     <w:rsid w:val="007149E0"/>
     <w:rsid w:val="007540A5"/>
     <w:rsid w:val="007604F2"/>
     <w:rsid w:val="007658AC"/>
     <w:rsid w:val="00783D01"/>
     <w:rsid w:val="007B395E"/>
     <w:rsid w:val="00810AB4"/>
     <w:rsid w:val="00814AEF"/>
     <w:rsid w:val="00822959"/>
     <w:rsid w:val="0082768D"/>
     <w:rsid w:val="00852D30"/>
     <w:rsid w:val="008665BF"/>
     <w:rsid w:val="00871286"/>
     <w:rsid w:val="00872AA4"/>
     <w:rsid w:val="008841B1"/>
     <w:rsid w:val="00894A53"/>
+    <w:rsid w:val="008A3E4E"/>
     <w:rsid w:val="008A5666"/>
     <w:rsid w:val="008A6169"/>
     <w:rsid w:val="008A76D5"/>
     <w:rsid w:val="008C14FB"/>
     <w:rsid w:val="008D791E"/>
     <w:rsid w:val="008F0208"/>
     <w:rsid w:val="00901969"/>
     <w:rsid w:val="00940E19"/>
     <w:rsid w:val="00943870"/>
     <w:rsid w:val="00986E5A"/>
     <w:rsid w:val="009D1FCD"/>
     <w:rsid w:val="009D6540"/>
     <w:rsid w:val="009F4423"/>
     <w:rsid w:val="00A20CF3"/>
     <w:rsid w:val="00A32F41"/>
     <w:rsid w:val="00A43CAA"/>
     <w:rsid w:val="00AC2A66"/>
     <w:rsid w:val="00B074C1"/>
     <w:rsid w:val="00B2657E"/>
     <w:rsid w:val="00B4554B"/>
     <w:rsid w:val="00B57B1F"/>
     <w:rsid w:val="00BD74DE"/>
     <w:rsid w:val="00BE1B97"/>
     <w:rsid w:val="00C357D6"/>
     <w:rsid w:val="00C41D13"/>
     <w:rsid w:val="00C51EAB"/>
     <w:rsid w:val="00C563C4"/>
     <w:rsid w:val="00C6239A"/>
     <w:rsid w:val="00C63710"/>
     <w:rsid w:val="00C95028"/>
     <w:rsid w:val="00CA413F"/>
     <w:rsid w:val="00CA74AF"/>
     <w:rsid w:val="00CC1D41"/>
     <w:rsid w:val="00CC2BFB"/>
     <w:rsid w:val="00D13481"/>
     <w:rsid w:val="00D211BA"/>
     <w:rsid w:val="00D402B8"/>
     <w:rsid w:val="00D4104F"/>
     <w:rsid w:val="00D757C9"/>
     <w:rsid w:val="00DA057A"/>
+    <w:rsid w:val="00DC0015"/>
     <w:rsid w:val="00DC45E6"/>
     <w:rsid w:val="00E30993"/>
+    <w:rsid w:val="00E41BDE"/>
     <w:rsid w:val="00E909AA"/>
     <w:rsid w:val="00EB7813"/>
     <w:rsid w:val="00EC7B1A"/>
     <w:rsid w:val="00ED4BAD"/>
+    <w:rsid w:val="00EF0428"/>
     <w:rsid w:val="00F121A8"/>
     <w:rsid w:val="00F652B3"/>
     <w:rsid w:val="00FA7388"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -5499,51 +5820,50 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
@@ -5715,51 +6035,50 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
@@ -5776,51 +6095,51 @@
     <w:name w:val="ConsPlusNormal"/>
     <w:rsid w:val="00AC2A66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492046" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=483361" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508159&amp;dst=1170" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486066&amp;dst=100010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=5" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=36" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100014" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=479337&amp;dst=225" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=36" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506177&amp;dst=100068" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=483361" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=5" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=36" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508159&amp;dst=1170" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486066&amp;dst=100010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100014" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=525495&amp;dst=3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=479337&amp;dst=225" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=36" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=100747" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506177&amp;dst=100068" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507759&amp;dst=102045" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492046" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=525495&amp;dst=3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6073,77 +6392,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08502244-0492-4CB6-B848-B64924FF917A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E4D43BA-C8EB-4910-83CD-69CA484678E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>20100</Characters>
+  <Pages>9</Pages>
+  <Words>3607</Words>
+  <Characters>20561</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>167</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23579</CharactersWithSpaces>
+  <CharactersWithSpaces>24120</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Сыроедина Е.А.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>