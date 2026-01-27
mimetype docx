--- v0 (2025-12-11)
+++ v1 (2026-01-27)
@@ -131,223 +131,375 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1C41">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>м) решение о согласии на совершение или о последующем одобрении крупной сделки, если требование о наличии такого решения установлено законодательством Российской Федерации, учредительными документами юридического лица и для</w:t>
       </w:r>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> участника закупки заключение контракта на поставку товара, выполнение работы или оказание услуги, являющихся объектом закупки, либо внесение денежных средств в качестве обеспечения заявки на участие в закупке, обеспечения исполнения контракта является крупной сделкой;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF82D9B" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00287297" w:rsidRDefault="00287297" w:rsidP="00871286">
+    <w:p w14:paraId="2E033015" w14:textId="77777777" w:rsidR="00B00F53" w:rsidRPr="00B00F53" w:rsidRDefault="00287297" w:rsidP="00B00F53">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>о) декларация о соответствии участника закупки требованиям, установленным пунктами 3 - 5, 7 - 11 части 1 статьи 31 Федерального закона;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">о) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">декларация о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть также включено положение о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4D2165A5" w14:textId="77777777" w:rsidR="006611A8" w:rsidRPr="006611A8" w:rsidRDefault="00287297" w:rsidP="006611A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">п) </w:t>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>реквизиты счета участника закупки, на который в соответствии с законодательством Российской Федерации осуществляется перечисление денежных средств в качестве оплаты поставленного товара, выполненной работы (ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после заключения контракта;</w:t>
+        <w:t>реквизиты счета участника закупки, на который в соответствии с законодательством Российской Федерации осуществляется перечисление денежных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дств в к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ачестве оплаты поставленного товара, выполненной работы (ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после заключения контракта;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CF09E6" w14:textId="04A9D4F1" w:rsidR="003B57AF" w:rsidRPr="003B57AF" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1) </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, подтверждающие предоставление </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обеспечения заявки</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на участие в закупке, в форме электронных документов или в форме электронных образов бумажных документов (</w:t>
+        <w:t xml:space="preserve"> на участие в закупке, в форме электронных документов или в форме </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>электронных образов бумажных документов (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B57AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии с постановлением Правительства РФ от 10.04.2023 </w:t>
       </w:r>
       <w:r w:rsidR="00822959">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№ 579  «</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Об особенностях порядка предоставления обеспечения заявок на участие в закупках товаров, работ, услуг для обеспечения государственных или муниципальных нужд участниками таких закупок, являющимися иностранными лицами</w:t>
       </w:r>
       <w:r w:rsidR="00822959">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – ПП РФ 579);</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="69C10AE3" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00485DD8" w:rsidRDefault="00287297" w:rsidP="00871286">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485DD8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2) предложение участника закупки в отношении объекта закупки:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E61EE0" w14:textId="77777777" w:rsidR="00522AF7" w:rsidRPr="00522AF7" w:rsidRDefault="00287297" w:rsidP="00522AF7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">а) </w:t>
       </w:r>
       <w:r w:rsidR="00522AF7" w:rsidRPr="00522AF7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -465,51 +617,51 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, определенные в соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00B4554B">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:anchor="dst12377" w:history="1">
+      <w:hyperlink r:id="rId12" w:anchor="dst12377" w:history="1">
         <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктом</w:t>
         </w:r>
         <w:r w:rsidR="00B4554B">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
@@ -765,51 +917,51 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">указание </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в заявке на участие в закупке наименования страны происхождения товара в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="000E11C9">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>подпунктом</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="000E11C9">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>«б»</w:t>
         </w:r>
@@ -834,137 +986,137 @@
     <w:p w14:paraId="4ECC6C2B" w14:textId="7CD9B500" w:rsidR="000E11C9" w:rsidRPr="000E11C9" w:rsidRDefault="00E41FC2" w:rsidP="000E11C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">для подтверждения происхождения товаров из Российской Федерации, не указанных в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позициях 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>146</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения </w:t>
       </w:r>
       <w:r w:rsidR="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
       <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 к </w:t>
       </w:r>
       <w:r w:rsidR="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПП РФ 1875</w:t>
       </w:r>
       <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>позициях 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>433</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения </w:t>
       </w:r>
       <w:r w:rsidR="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
@@ -1010,51 +1162,60 @@
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">для подтверждения происхождения товара из иностранного государства, за исключением предусмотренных пунктом </w:t>
       </w:r>
       <w:r w:rsidR="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3 ПП РФ 1875 </w:t>
       </w:r>
       <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>случаев, при которых предусмотрены иные информация и документы, подтверждающие происхождение товара из государств - членов Ев</w:t>
+        <w:t xml:space="preserve">случаев, при которых </w:t>
+      </w:r>
+      <w:r w:rsidR="000E11C9" w:rsidRPr="000E11C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>предусмотрены иные информация и документы, подтверждающие происхождение товара из государств - членов Ев</w:t>
       </w:r>
       <w:r w:rsidR="000E11C9">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>разийского экономического союза.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E8EDD5" w14:textId="59FA8C3B" w:rsidR="00ED4BAD" w:rsidRDefault="004D0409" w:rsidP="000D404D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1133,60 +1294,51 @@
         </w:rPr>
         <w:t>4 ст</w:t>
       </w:r>
       <w:r w:rsidR="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">атьи </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14 Федерального закона – </w:t>
       </w:r>
       <w:r w:rsidR="00514346" w:rsidRPr="00514346">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">все заявки на участие в закупке, содержащие предложения о поставке товара, происходящего из иностранного государства, подлежат отклонению в соответствии </w:t>
-[...8 lines deleted...]
-        <w:t>с Федеральным законом, если на участие в закупке подана и по результатам рассмотрения признана соответствующей требованиям извещения об осуществлении закупки, заявка, содержащая предложение о поставке т</w:t>
+        <w:t>все заявки на участие в закупке, содержащие предложения о поставке товара, происходящего из иностранного государства, подлежат отклонению в соответствии с Федеральным законом, если на участие в закупке подана и по результатам рассмотрения признана соответствующей требованиям извещения об осуществлении закупки, заявка, содержащая предложение о поставке т</w:t>
       </w:r>
       <w:r w:rsidR="00514346">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>овара российского происхождения.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0B0D79C7" w14:textId="2A963E3A" w:rsidR="000E11C9" w:rsidRDefault="000E11C9" w:rsidP="000E11C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1321,61 +1473,62 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Формирование и размещение на электронной площадке заявки на участие в закупке осуществляются в соответствии с требованиями пункта 31 «Дополнительных требований к операторам электронных площадок, операторам специализированных электронных площадок и функционированию электронных площадок, специализированных электронных площадок», утв. постановлением Правительства РФ от 08.06.2018 № 656.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27821C0F" w14:textId="54DD9513" w:rsidR="00484029" w:rsidRPr="00EB7813" w:rsidRDefault="00484029" w:rsidP="00484029">
+    <w:p w14:paraId="27821C0F" w14:textId="270A3A03" w:rsidR="00484029" w:rsidRPr="00EB7813" w:rsidRDefault="00484029" w:rsidP="00484029">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту </w:t>
       </w:r>
       <w:r w:rsidR="00C51EAB" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>м)</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -1426,214 +1579,364 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключаемый контракт или предоставление обеспечения заявки на участие в </w:t>
       </w:r>
       <w:r w:rsidR="002431B1" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>закупке</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, обеспечения исполнения контракта является крупной сделкой</w:t>
       </w:r>
-      <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="457B254B" w14:textId="13C1DCA3" w:rsidR="00D402B8" w:rsidRPr="00EB7813" w:rsidRDefault="00C51EAB" w:rsidP="00D402B8">
+    <w:p w14:paraId="357FF02B" w14:textId="77777777" w:rsidR="00B00F53" w:rsidRPr="00B00F53" w:rsidRDefault="00C51EAB" w:rsidP="00B00F53">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>По подпункту о) пункта 1 -</w:t>
       </w:r>
       <w:r w:rsidR="00D402B8" w:rsidRPr="00D402B8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="00D402B8" w:rsidRPr="00D402B8">
-[...7 lines deleted...]
-        <w:t>представить декларацию о соответствии требованиям, установленным пунктами 3 - 5, 7 - 11 части 1</w:t>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представить декларацию о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона, содержатся в </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также включено положение о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B00F53" w:rsidRPr="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA0FEBB" w14:textId="0397ED2D" w:rsidR="006611A8" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По подпункту п) пункта 1 - </w:t>
+      </w:r>
+      <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реквизиты счета участника закупки, на который в соответствии с законодательством Российской Федерации осуществляется перечисление денежных средств в качестве оплаты поставленного товара, выполненной работы (ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после</w:t>
       </w:r>
       <w:r w:rsidR="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 31 Федерального закона</w:t>
-[...10 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> заключения контракта</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2BA0FEBB" w14:textId="44B7696D" w:rsidR="006611A8" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
+    <w:p w14:paraId="5EC6B1FB" w14:textId="1AB454CA" w:rsidR="003B57AF" w:rsidRPr="00BD6822" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...56 lines deleted...]
-      </w:pPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">По пункту 1.1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">если при проведении открытого аукциона в электронной форме предусмотрено предоставление обеспечения заявки на участие в закупке, участники закупки, являющиеся юридическими лицами, зарегистрированными на территории государства - члена Евразийского экономического союза, за исключением Российской Федерации, или физическими лицами, являющимися гражданами государства - члена Евразийского экономического союза, за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде денежных средств с учетом особенностей, установленных ПП РФ  579. В соответствии с </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId12" w:history="1">
+        <w:t>если при проведении открытого аукциона в электронной форме предусмотрено предоставление обеспечения заявки на участие в закупке, участники закупки, являющиеся юридическими лицами, зарегистрированными на территории государства - члена Евразийского экономического союза, за исключением Российской Федерации, или физическими лицами, являющимися гражданами государства - члена Евразийского экономического союза, за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде денежных средств с учетом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD6822">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> особенностей, установленных ПП РФ  579. В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "в"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579: участник закупки признается </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD6822">
@@ -1661,109 +1964,109 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>непоступления</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> денежных средств, информация и документы о внесении которых в качестве обеспечения заявки представлены в заявке на участие в закупке, до даты подведения итогов определения поставщика (подрядчика, исполнителя) на счет, предусмотренный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579 (денежные средства вносятся участниками закупки на счет, указанный заказчиком в извещении об осуществлении закупки, на котором в соответствии с законодательством Российской Федерации учитываются операции со средствами, поступающими заказчику). При этом заявка на участие </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">в закупке, поданная таким участником закупки, отклоняется в порядке, установленном для случая, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 7 части 12 статьи 48</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0082768D">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Федерального закона.</w:t>
+      <w:r w:rsidR="00B00F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1154E8FD" w14:textId="77777777" w:rsidR="00522AF7" w:rsidRPr="00522AF7" w:rsidRDefault="00B57B1F" w:rsidP="00522AF7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту а) пункта 2 - </w:t>
       </w:r>
       <w:r w:rsidR="00522AF7" w:rsidRPr="00522AF7">
@@ -1828,51 +2131,51 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">путем заполнения экранных форм веб-интерфейса электронной площадки  должен указать  товарный знак (при наличии у товара товарного знака), характеристики предлагаемого участником закупки товара в части характеристик, содержащихся в разделе «Информация об объекте закупки» извещения о проведении электронного аукциона </w:t>
       </w:r>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>пунктом 5 части 1 статьи 42</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -1937,50 +2240,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="69AE324E" w14:textId="77777777" w:rsidR="00AF275A" w:rsidRPr="00390EAB" w:rsidRDefault="00AF275A" w:rsidP="00AF275A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00390EAB">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>При наличии у товара товарного знака участник закупки путем заполнения экранных форм веб-интерфейса электронной площадки  может указать в блоке «товарный знак» номер государственной регистрации товарного знака, позволяющий однозначно идентифицировать товарный знак в официальных реестрах товарных знаков для включения такой информации в электронный контракт.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ACCCB2D" w14:textId="77777777" w:rsidR="00AF275A" w:rsidRPr="003E65D3" w:rsidRDefault="00AF275A" w:rsidP="00AF275A">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024DA8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2139,51 +2443,50 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00604965">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>В случае наличия противоречий, разночтений</w:t>
       </w:r>
       <w:r w:rsidRPr="00604965">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> между данными, содержащими информацию </w:t>
       </w:r>
       <w:r w:rsidRPr="00604965">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
@@ -2195,806 +2498,880 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>приоритет имеет информация, указанная путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="265BF8D7" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В случае, если характеристики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предлагаемого участником закупки товара в части характеристик, содержащихся в разделе «Информация об объекте закупки» извещения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о проведении электронного аукциона</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>не будут указаны участником закупки в заявке на участие в закупке путем заполнения экранных форм веб-интерфейса электронной площадки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заявка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> такого участника закупки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>будет отклонена</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании пункта 1 части 12 статьи 48 Федерального закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316608D4" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Участник закупки вправе дополнительно представить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">характеристики предлагаемого участником закупки товара (товаров) в части характеристик, содержащихся в разделе «Информация об объекте закупки» извещения об осуществлении закупки  путем приложения электронного документа, содержащего информацию, сформированную без использования электронной площадки, в том числе электронного образа бумажного документа (документа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">на бумажном носителе, преобразованного в электронную форму путем сканирования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">с сохранением его реквизитов в файле в формате PDF). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="326D73C0" w14:textId="319A18C5" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>В случае наличия противоречий, разночтений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">между данными, содержащимися </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в характеристиках предлагаемого участником закупки товара,  указанными участником закупки в заявке на участие в закупке путем заполнения экранных форм веб-интерфейса электронной площадки и данными, представленными путем приложения электронного документа, содержащего информацию о характеристиках предлагаемого участником закупки товара, сформированную без использования электронной площадки, в том числе электронного образа бумажного документа (документа на бумажном носителе, преобразованного в электронную форму путем сканирования с сохранением его реквизитов в файле в формате PDF),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>приоритет имеет информация</w:t>
+      </w:r>
+      <w:r w:rsidR="00207D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, указанная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFE5236" w14:textId="6609D842" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Информация, предусмотренная настоящим подпунктом, может не включаться в заявку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>на участие в закупке в случае указания заказчиком в описании объекта закупки товарного знака</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> и предложения участником закупки товара, обоз</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3180">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наченного таким товарным знаком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A0705E1" w14:textId="0C1E163D" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="00EB7813">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По подпункту б) пункта 2 - </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участник закупки </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">путем заполнения экранных форм веб-интерфейса электронной площадки должен указать наименование страны происхождения товара </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(в соответствии с Общероссийс</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3180">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ким классификатором стран мира).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7958AF" w14:textId="6E8B1421" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>В случае наличия противоречий, разночтений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">между данными, содержащими информацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">о стране происхождения товара, указанными участником закупки в заявке на участие в закупке путем заполнения экранных форм веб-интерфейса электронной площадки и данными, содержащими информацию о стране происхождения путем приложения электронного документа, содержащего информацию о стране происхождения товара, сформированную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>без использования электронной площадки,  в том числе электронного образа бумажного документа (документа на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бумажном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>носителе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, преобразованного в электронную форму путем сканирования с сохранением его реквизитов в файле в формате PDF),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>приоритет имеет информация</w:t>
+      </w:r>
+      <w:r w:rsidR="00207D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, указанная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> путем заполнения экранных форм веб-</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3180">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>интерфейса электронной площадки</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3180">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6349444F" w14:textId="7E2B76C0" w:rsidR="00B57B1F" w:rsidRPr="00EB7813" w:rsidRDefault="00B57B1F" w:rsidP="00B57B1F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По подпункту д) пункта 2 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отсутствие таких информации и документов не является основанием для отклоне</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ния заявки на участие в закупке</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3180">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00EB7813">
-[...24 lines deleted...]
-          <w:i/>
+    </w:p>
+    <w:p w14:paraId="5FF1E830" w14:textId="3883CCFF" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="007B395E" w:rsidP="00EB7813">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По пункту 3 - </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участник закупки </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">путем заполнения экранных форм веб-интерфейса электронной площадки должен указать информацию в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r w:rsidR="00163357">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...84 lines deleted...]
-        <w:t xml:space="preserve"> на основании пункта 1 части 12 статьи 48 Федерального закона. </w:t>
+        <w:t xml:space="preserve">подпункта «з» </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7813" w:rsidRPr="00EB7813">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пункта 3 ПП РФ 1875.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="316608D4" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
-[...68 lines deleted...]
-    <w:p w14:paraId="326D73C0" w14:textId="319A18C5" w:rsidR="00EB7813" w:rsidRPr="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
+    <w:p w14:paraId="5E6550BA" w14:textId="77777777" w:rsidR="00EB7813" w:rsidRDefault="00EB7813" w:rsidP="00EB7813">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>В случае наличия противоречий, разночтений</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">между данными, содержащимися </w:t>
+        <w:t>в заявке на участие в закупке</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7813">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>приоритет имеет информация</w:t>
-[...467 lines deleted...]
-        </w:rPr>
         <w:t>приоритет имеет информация, указанная путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B086394" w14:textId="48674A9F" w:rsidR="00CA74AF" w:rsidRDefault="00CA74AF" w:rsidP="00CA74AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA74AF">
@@ -3036,101 +3413,117 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, происходящего из иностранного государства, подлежат отклонению в соответствии с Федеральным законом, если на участие в закупке подана и по результатам рассмотрения признана соответствующей требованиям изве</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">щения об осуществлении закупки </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA74AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">заявка, содержащая предложение о поставке такого товара российского происхождения. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ECFB149" w14:textId="77777777" w:rsidR="00163357" w:rsidRPr="00163357" w:rsidRDefault="00163357" w:rsidP="00163357">
+    <w:p w14:paraId="1ECFB149" w14:textId="77777777" w:rsidR="00163357" w:rsidRDefault="00163357" w:rsidP="00163357">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00163357">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>В соответствии с подпунктом «а» пункта 4 ПП РФ 1875 положения ПП РФ 1875, касающиеся товара российского происхождения, работы, услуги, соответственно выполняемой, оказываемой российским гражданином, российским юридическим лицом, применяются также в отношении товара, происходящего из государства - члена Евразийского экономического союза, работы, услуги, соответственно выполняемой, оказываемой иностранным лицом, зарегистрированным на территории государства - члена Евразийского экономического союза.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2A0BB947" w14:textId="77777777" w:rsidR="00163357" w:rsidRDefault="00163357" w:rsidP="00CA74AF">
-      <w:pPr>
+    <w:p w14:paraId="617A2A42" w14:textId="77777777" w:rsidR="00B00F53" w:rsidRPr="00CD7F93" w:rsidRDefault="00B00F53" w:rsidP="00B00F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственность за недостоверность информации и (или) документов, включенных в заявку на участие в закупке, за действия, совершенные на основании указанных информации и (или) документов, несет участник закупки.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="694E2359" w14:textId="6C142B15" w:rsidR="001F52E5" w:rsidRPr="004132B6" w:rsidRDefault="001F52E5" w:rsidP="00484029">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001F52E5" w:rsidRPr="004132B6" w:rsidSect="00D0327A">
+    <w:sectPr w:rsidR="001F52E5" w:rsidRPr="004132B6" w:rsidSect="007F445B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1276" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3153,118 +3546,122 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00600BE8"/>
     <w:rsid w:val="00003B25"/>
     <w:rsid w:val="00017832"/>
     <w:rsid w:val="00024495"/>
     <w:rsid w:val="00024861"/>
     <w:rsid w:val="0004281B"/>
     <w:rsid w:val="00083549"/>
     <w:rsid w:val="000C181A"/>
     <w:rsid w:val="000D404D"/>
     <w:rsid w:val="000E0B39"/>
     <w:rsid w:val="000E11C9"/>
     <w:rsid w:val="0014600C"/>
     <w:rsid w:val="00163357"/>
+    <w:rsid w:val="001B3180"/>
     <w:rsid w:val="001E1C41"/>
     <w:rsid w:val="001E5B6E"/>
     <w:rsid w:val="001F52E5"/>
     <w:rsid w:val="00207D27"/>
     <w:rsid w:val="00231BE3"/>
     <w:rsid w:val="0023288C"/>
     <w:rsid w:val="0023727E"/>
     <w:rsid w:val="002431B1"/>
     <w:rsid w:val="002713B0"/>
     <w:rsid w:val="00277D7E"/>
     <w:rsid w:val="00281A20"/>
     <w:rsid w:val="00287297"/>
     <w:rsid w:val="00295D23"/>
     <w:rsid w:val="002F2EB7"/>
     <w:rsid w:val="00315144"/>
     <w:rsid w:val="00317C8B"/>
     <w:rsid w:val="003406BC"/>
     <w:rsid w:val="00357B08"/>
+    <w:rsid w:val="00382D21"/>
     <w:rsid w:val="00383105"/>
     <w:rsid w:val="003B57AF"/>
     <w:rsid w:val="004125BF"/>
     <w:rsid w:val="004132B6"/>
     <w:rsid w:val="00422433"/>
     <w:rsid w:val="00442E9D"/>
     <w:rsid w:val="004539CF"/>
     <w:rsid w:val="0045563C"/>
     <w:rsid w:val="00484029"/>
     <w:rsid w:val="00485DD8"/>
     <w:rsid w:val="004D0409"/>
     <w:rsid w:val="004E5C92"/>
     <w:rsid w:val="004E74B0"/>
     <w:rsid w:val="00514346"/>
     <w:rsid w:val="00522AF7"/>
     <w:rsid w:val="005A637E"/>
     <w:rsid w:val="005A6DD5"/>
     <w:rsid w:val="005B21B9"/>
     <w:rsid w:val="00600BE8"/>
     <w:rsid w:val="006200EE"/>
     <w:rsid w:val="006611A8"/>
     <w:rsid w:val="006D423F"/>
     <w:rsid w:val="00701D32"/>
     <w:rsid w:val="007149E0"/>
     <w:rsid w:val="00783D01"/>
     <w:rsid w:val="007B395E"/>
+    <w:rsid w:val="007F445B"/>
     <w:rsid w:val="00814AEF"/>
     <w:rsid w:val="00822959"/>
     <w:rsid w:val="0082768D"/>
     <w:rsid w:val="00852D30"/>
     <w:rsid w:val="008665BF"/>
     <w:rsid w:val="00871286"/>
     <w:rsid w:val="00872AA4"/>
     <w:rsid w:val="008841B1"/>
     <w:rsid w:val="00894A53"/>
     <w:rsid w:val="008A5666"/>
     <w:rsid w:val="008A6169"/>
     <w:rsid w:val="008C14FB"/>
     <w:rsid w:val="008D791E"/>
     <w:rsid w:val="008F0208"/>
     <w:rsid w:val="00940E19"/>
     <w:rsid w:val="00943870"/>
     <w:rsid w:val="00986E5A"/>
     <w:rsid w:val="009A5602"/>
     <w:rsid w:val="009D1FCD"/>
     <w:rsid w:val="009F4423"/>
     <w:rsid w:val="00A20CF3"/>
     <w:rsid w:val="00A32F41"/>
     <w:rsid w:val="00A43CAA"/>
     <w:rsid w:val="00AF275A"/>
+    <w:rsid w:val="00B00F53"/>
     <w:rsid w:val="00B074C1"/>
     <w:rsid w:val="00B2657E"/>
     <w:rsid w:val="00B4554B"/>
     <w:rsid w:val="00B57B1F"/>
     <w:rsid w:val="00C357D6"/>
     <w:rsid w:val="00C51EAB"/>
     <w:rsid w:val="00C563C4"/>
     <w:rsid w:val="00C6239A"/>
     <w:rsid w:val="00C63710"/>
     <w:rsid w:val="00CA413F"/>
     <w:rsid w:val="00CA74AF"/>
     <w:rsid w:val="00CC2BFB"/>
     <w:rsid w:val="00D13481"/>
     <w:rsid w:val="00D211BA"/>
     <w:rsid w:val="00D402B8"/>
     <w:rsid w:val="00D4104F"/>
     <w:rsid w:val="00D757C9"/>
     <w:rsid w:val="00DA057A"/>
     <w:rsid w:val="00DC360A"/>
     <w:rsid w:val="00DC45E6"/>
     <w:rsid w:val="00E30993"/>
     <w:rsid w:val="00E41FC2"/>
     <w:rsid w:val="00E909AA"/>
     <w:rsid w:val="00EB7813"/>
     <w:rsid w:val="00ED4BAD"/>
@@ -3717,51 +4114,51 @@
     <w:name w:val="ConsPlusNormal"/>
     <w:rsid w:val="00AF275A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499073&amp;dst=100290" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2344" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499073&amp;dst=102045" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499073&amp;dst=100747" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499073&amp;dst=100725" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2344" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499073&amp;dst=102045" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499073&amp;dst=100747" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499073&amp;dst=100725" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499073&amp;dst=100290" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4014,77 +4411,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AF58935-574C-406F-A01C-5244A87C67DF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9526002-5F32-45B5-8437-9EA471BB17A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2345</Words>
-  <Characters>13370</Characters>
+  <Words>2714</Words>
+  <Characters>15471</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>128</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15684</CharactersWithSpaces>
+  <CharactersWithSpaces>18149</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Сыроедина Е.А.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>