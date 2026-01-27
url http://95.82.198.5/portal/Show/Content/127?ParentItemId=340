--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -136,69 +136,210 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">м) </w:t>
       </w:r>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>решение о согласии на совершение или о последующем одобрении крупной сделки, если требование о наличии такого решения установлено законодательством Российской Федерации, учредительными документами юридического лица и для участника закупки заключение контракта на поставку товара, выполнение работы или оказание услуги, являющихся объектом закупки, либо внесение денежных средств в качестве обеспечения заявки на участие в закупке, обеспечения исполнения контракта является крупной</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сделкой;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF82D9B" w14:textId="1D1D02A8" w:rsidR="00287297" w:rsidRPr="00287297" w:rsidRDefault="00287297" w:rsidP="00871286">
+    <w:p w14:paraId="11142568" w14:textId="77777777" w:rsidR="00D4505A" w:rsidRPr="005E6D7F" w:rsidRDefault="00287297" w:rsidP="00D4505A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>о) декларация о соответствии участника закупки требованиям, установленным пунктами 3 - 5, 7 - 11 части 1 статьи 31 Федерального закона;</w:t>
+        <w:t xml:space="preserve">о) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">декларация о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть также включено положение о соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11CFAB1B" w14:textId="61532AE4" w:rsidR="00A22F0A" w:rsidRPr="00A22F0A" w:rsidRDefault="00287297" w:rsidP="00A22F0A">
+    <w:p w14:paraId="11CFAB1B" w14:textId="23B926D9" w:rsidR="00A22F0A" w:rsidRPr="00A22F0A" w:rsidRDefault="00287297" w:rsidP="00A22F0A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">п) </w:t>
       </w:r>
       <w:r w:rsidR="00A22F0A" w:rsidRPr="00A22F0A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -262,50 +403,51 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если в соответствии с законодательством Российской Федерации такой счет открывается после заключения контракта;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CF09E6" w14:textId="789994F8" w:rsidR="003B57AF" w:rsidRPr="003B57AF" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.1) </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, подтверждающие предоставление </w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обеспечения заявки</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -334,90 +476,68 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Об особенностях порядка предоставления обеспечения заявок на участие в закупках товаров, работ, услуг для обеспечения государственных или муниципальных нужд участниками таких закупок, являющимися иностранными лицами</w:t>
       </w:r>
       <w:r w:rsidR="00822959">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57AF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – ПП РФ 579);</w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="69C10AE3" w14:textId="77777777" w:rsidR="00287297" w:rsidRPr="00485DD8" w:rsidRDefault="00287297" w:rsidP="00871286">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485DD8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2) предложение участника закупки в отношении объекта закупки:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E61EE0" w14:textId="77777777" w:rsidR="00522AF7" w:rsidRPr="00522AF7" w:rsidRDefault="00287297" w:rsidP="00522AF7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287297">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">а) </w:t>
       </w:r>
       <w:r w:rsidR="00522AF7" w:rsidRPr="00522AF7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -567,51 +687,51 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация и документы, определенные в соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00AB6AB2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:anchor="dst12377" w:history="1">
+      <w:hyperlink r:id="rId13" w:anchor="dst12377" w:history="1">
         <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктом 2 части 2 статьи 14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000D404D" w:rsidRPr="000D404D">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> Федерального закона</w:t>
       </w:r>
       <w:r w:rsidR="006D423F" w:rsidRPr="007B395E">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -996,81 +1116,81 @@
             <w:szCs w:val="28"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>позициях 1 - 145</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD6C14" w:rsidRPr="00E30625">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложения № 1 к ПП РФ 1875 </w:t>
       </w:r>
       <w:r w:rsidR="00CD6C14" w:rsidRPr="00E30625">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">из Российской Федерации - номер реестровой записи из </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00CD6C14" w:rsidRPr="00E30625">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>реестра</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD6C14" w:rsidRPr="00E30625">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> российской промышленной продукции</w:t>
       </w:r>
       <w:r w:rsidR="00CD6C14" w:rsidRPr="00CD6C14">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00CD6C14" w:rsidRPr="00CD6C14">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>статьей 17</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD6C14">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="00CD6C14" w:rsidRPr="00CD6C14">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона </w:t>
       </w:r>
@@ -1100,63 +1220,72 @@
       </w:r>
       <w:r w:rsidR="00CD6C14" w:rsidRPr="00CD6C14">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее - реестр российской промышленной продукции), </w:t>
       </w:r>
       <w:r w:rsidR="00CD6C14" w:rsidRPr="00E30625">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>и справка, подтверждающая наличие специального инвестиционного контракта</w:t>
       </w:r>
       <w:r w:rsidR="00CD6C14" w:rsidRPr="00CD6C14">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и предусмотренная </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId10" w:history="1">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6C14" w:rsidRPr="00CD6C14">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">предусмотренная </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00CD6C14" w:rsidRPr="00CD6C14">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктом 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00CD6C14" w:rsidRPr="00CD6C14">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD6C14">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(1)</w:t>
       </w:r>
       <w:r w:rsidR="00CD6C14" w:rsidRPr="00CD6C14">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Российской Федерации</w:t>
       </w:r>
@@ -1291,60 +1420,51 @@
         </w:rPr>
         <w:t>если в отношении такого товара</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD6C14">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ПП РФ </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD6C14">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">719 за выполнение (освоение) на территории </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Российской Федерации соответствующих операций (условий) </w:t>
+        <w:t xml:space="preserve">719 за выполнение (освоение) на территории Российской Федерации соответствующих операций (условий) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C13073">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>установлены требования о совокупном количестве баллов</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD6C14">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidRPr="00E30625">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
@@ -1580,51 +1700,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>из государств - членов Евразийского экономического союза</w:t>
       </w:r>
       <w:r w:rsidRPr="00C13073">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, за исключением Российской Федерации, - </w:t>
       </w:r>
       <w:r w:rsidRPr="00E30625">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">номер реестровой записи из </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00E30625">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>евразийского реестра</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E30625">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> промышленных товаров государств - членов Евразийского экономического союза,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C13073">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -1872,51 +1992,60 @@
         </w:rPr>
         <w:t xml:space="preserve">асти </w:t>
       </w:r>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1 ст</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>атьи</w:t>
       </w:r>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 43 Федерального закона –  в случае отсутствия таких информации и документов в заявке на участие в закупке такая заявка приравнивается к заявке, в которой содержится предложение о поставке товаров, происходящих из иностранного государства, работ, услуг, соответственно выполняемых, оказываемых иностранными лицами.</w:t>
+        <w:t xml:space="preserve"> 43 Федерального закона –  в случае отсутствия таких информации и документов в заявке на участие в закупке такая </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>заявка приравнивается к заявке, в которой содержится предложение о поставке товаров, происходящих из иностранного государства, работ, услуг, соответственно выполняемых, оказываемых иностранными лицами.</w:t>
       </w:r>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E8EDD5" w14:textId="799A837F" w:rsidR="00ED4BAD" w:rsidRDefault="004D0409" w:rsidP="000D404D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1998,51 +2127,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6E0264" w14:textId="77777777" w:rsidR="003D20F4" w:rsidRPr="003D20F4" w:rsidRDefault="003D20F4" w:rsidP="003D20F4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003D20F4">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>В соответствии с подпунктом «а» пункта 4 ПП РФ 1875 положения ПП РФ 1875, касающиеся товара российского происхождения, работы, услуги, соответственно выполняемой, оказываемой российским гражданином, российским юридическим лицом, применяются также в отношении товара, происходящего из государства - члена Евразийского экономического союза, работы, услуги, соответственно выполняемой, оказываемой иностранным лицом, зарегистрированным на территории государства - члена Евразийского экономического союза.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0526E5BA" w14:textId="24196990" w:rsidR="00894A53" w:rsidRDefault="00894A53" w:rsidP="0014600C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Подача заявки на участие в закупке означает согласие участника закупки, подавшего такую заявку, на поставку товара, выполнение работы, оказание услуги на условиях, предусмотренных извещением об осущ</w:t>
       </w:r>
       <w:r w:rsidR="000C63EA">
         <w:rPr>
@@ -2150,51 +2278,51 @@
       <w:r w:rsidR="00E13012" w:rsidRPr="0092006C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 656</w:t>
       </w:r>
       <w:r w:rsidRPr="0092006C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27821C0F" w14:textId="4005F805" w:rsidR="00484029" w:rsidRPr="0014600C" w:rsidRDefault="00484029" w:rsidP="00484029">
+    <w:p w14:paraId="27821C0F" w14:textId="6B7065F9" w:rsidR="00484029" w:rsidRPr="0014600C" w:rsidRDefault="00484029" w:rsidP="00484029">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту </w:t>
       </w:r>
       <w:r w:rsidR="00C51EAB" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -2296,137 +2424,282 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключаемый контракт или предоставление обеспечения заявки на участие в </w:t>
       </w:r>
       <w:r w:rsidR="002431B1" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>закупке</w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, обеспечения исполнения контракта является крупной сделкой</w:t>
       </w:r>
-      <w:r w:rsidR="001B368F">
-[...7 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00D4505A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="457B254B" w14:textId="0718B127" w:rsidR="00D402B8" w:rsidRPr="00D402B8" w:rsidRDefault="00C51EAB" w:rsidP="00D402B8">
-[...53 lines deleted...]
-    <w:p w14:paraId="2BA0FEBB" w14:textId="7ABFE72A" w:rsidR="006611A8" w:rsidRPr="006611A8" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
+    <w:p w14:paraId="18004651" w14:textId="77777777" w:rsidR="00D4505A" w:rsidRPr="006A6176" w:rsidRDefault="00C51EAB" w:rsidP="00D4505A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>По подпункту о) пункта 1 -</w:t>
+      </w:r>
+      <w:r w:rsidR="00D402B8" w:rsidRPr="00D402B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представить декларацию о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктами 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>11 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">включено положение о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA0FEBB" w14:textId="2401E788" w:rsidR="006611A8" w:rsidRPr="006611A8" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0014600C">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">По подпункту п) пункта 1 - </w:t>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">реквизиты счета участника закупки, на который в соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -2455,63 +2728,63 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в качестве оплаты поставленного товара, выполненной работы (ее результатов), оказанной услуги, а также отдельных этапов исполнения контракта, за исключением случаев, если </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="006611A8" w:rsidRPr="006611A8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в соответствии с законодательством Российской Федерации такой счет открыва</w:t>
       </w:r>
-      <w:r w:rsidR="001B368F">
-[...7 lines deleted...]
-        <w:t>ется после заключения контракта.</w:t>
+      <w:r w:rsidR="00D4505A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ется после заключения контракта;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="5EC6B1FB" w14:textId="267F828A" w:rsidR="003B57AF" w:rsidRPr="00BD6822" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
+    <w:p w14:paraId="5EC6B1FB" w14:textId="0B4E7B7D" w:rsidR="003B57AF" w:rsidRPr="00BD6822" w:rsidRDefault="003B57AF" w:rsidP="003B57AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По пункту 1.1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
@@ -2522,99 +2795,87 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">если при проведении открытого аукциона в электронной форме предусмотрено предоставление обеспечения заявки на участие в закупке, участники закупки, являющиеся юридическими лицами, зарегистрированными на территории государства - члена Евразийского экономического союза, за исключением Российской Федерации, или физическими лицами, являющимися гражданами государства - члена Евразийского экономического союза, </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде </w:t>
-[...11 lines deleted...]
-        <w:t>денежных средств с учетом</w:t>
+        <w:t>за исключением Российской Федерации, вправе предоставить обеспечение заявок в виде денежных средств с учетом</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> особенностей, установленных ПП РФ 579. В соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "в"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579: участник закупки признается </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD6822">
@@ -2688,51 +2949,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> о внесении которых в качестве обеспечения заявки представлены в заявке </w:t>
       </w:r>
       <w:r w:rsidR="00DF7802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на участие в закупке, до даты подведения итогов определения поставщика (подрядчика, исполнителя) на счет, предусмотренный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579 (денежные средства вносятся участниками закупки на счет, указанный заказчиком в извещении </w:t>
       </w:r>
       <w:r w:rsidR="00DF7802">
         <w:rPr>
@@ -2778,73 +3039,73 @@
         </w:rPr>
         <w:t>участие</w:t>
       </w:r>
       <w:r w:rsidR="00AB6AB2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в закупке, поданная таким участником закупки, отклоняется в порядке, установленном для случая, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 7 части 12 статьи 48</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001B368F">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Федерального закона.</w:t>
+      <w:r w:rsidR="00D4505A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1154E8FD" w14:textId="77777777" w:rsidR="00522AF7" w:rsidRPr="00522AF7" w:rsidRDefault="00B57B1F" w:rsidP="00522AF7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту а) пункта 2 - </w:t>
       </w:r>
       <w:r w:rsidR="00522AF7" w:rsidRPr="00522AF7">
@@ -3077,51 +3338,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A53CB7" w:rsidRPr="00A53CB7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00A53CB7" w:rsidRPr="00A53CB7">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>пунктом 5 части 1 статьи 42</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A53CB7" w:rsidRPr="00A53CB7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -3186,50 +3447,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="34FCA6DD" w14:textId="03BDC441" w:rsidR="000E1FD9" w:rsidRPr="00390EAB" w:rsidRDefault="003E65D3" w:rsidP="002B3BD9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00390EAB">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="000E1FD9" w:rsidRPr="00390EAB">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">ри наличии у товара товарного знака участник закупки путем заполнения экранных форм веб-интерфейса электронной площадки  </w:t>
       </w:r>
       <w:r w:rsidR="009A3860" w:rsidRPr="00390EAB">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>может</w:t>
@@ -3573,65 +3835,51 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>приоритет имеет информация, указанная путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21122624" w14:textId="67E5C6F3" w:rsidR="002B3BD9" w:rsidRPr="00F71BE8" w:rsidRDefault="002B3BD9" w:rsidP="002B3BD9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> случае</w:t>
+        <w:t>В случае</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> если </w:t>
       </w:r>
@@ -4484,120 +4732,121 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>путем заполнения экранных форм веб-интерфейса электронной площадки</w:t>
       </w:r>
       <w:r w:rsidR="001247B5">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5717D976" w14:textId="6C0D1E17" w:rsidR="00B57B1F" w:rsidRPr="0014600C" w:rsidRDefault="00B57B1F" w:rsidP="00522AF7">
+    <w:p w14:paraId="5717D976" w14:textId="13E2CAD7" w:rsidR="00B57B1F" w:rsidRPr="0014600C" w:rsidRDefault="00B57B1F" w:rsidP="00522AF7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Информация, предусмотренная настоящим подпунктом, может не включаться в заявку </w:t>
       </w:r>
       <w:r w:rsidR="00DF7802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на участие в закупке в случае указания заказчиком в описании объекта закупки товарного знака </w:t>
       </w:r>
       <w:r w:rsidR="009A3860">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>и предложения участником закупки товара, обоз</w:t>
       </w:r>
-      <w:r w:rsidR="001B368F">
-[...7 lines deleted...]
-        <w:t>наченного таким товарным знаком.</w:t>
+      <w:r w:rsidR="00D4505A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наченного таким товарным знаком;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="673B5BB2" w14:textId="31BDE38D" w:rsidR="001B1FB1" w:rsidRPr="00F71BE8" w:rsidRDefault="00B57B1F" w:rsidP="001B1FB1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту б) пункта 2 - </w:t>
       </w:r>
@@ -4655,51 +4904,51 @@
         <w:t xml:space="preserve"> наименование страны происхождения товара </w:t>
       </w:r>
       <w:r w:rsidR="00DF7802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="001B1FB1" w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(в соответствии с Общероссийским классификатором стран мира).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1684CD" w14:textId="393329B4" w:rsidR="001B1FB1" w:rsidRPr="001B1FB1" w:rsidRDefault="001B1FB1" w:rsidP="001B1FB1">
+    <w:p w14:paraId="7C1684CD" w14:textId="2A3B11A3" w:rsidR="001B1FB1" w:rsidRPr="001B1FB1" w:rsidRDefault="001B1FB1" w:rsidP="001B1FB1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AA4C61">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
@@ -4874,105 +5123,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">, указанная </w:t>
       </w:r>
       <w:r w:rsidRPr="00141FFB">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>путем заполнения экранных форм веб-интерфейса электронной площадки.</w:t>
+        <w:t>путем заполнения экранных форм веб-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4505A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>интерфейса электронной площадки</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4505A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6349444F" w14:textId="3A50E4DB" w:rsidR="00B57B1F" w:rsidRPr="0014600C" w:rsidRDefault="00B57B1F" w:rsidP="00B57B1F">
+    <w:p w14:paraId="6349444F" w14:textId="41F0D496" w:rsidR="00B57B1F" w:rsidRPr="0014600C" w:rsidRDefault="00B57B1F" w:rsidP="00B57B1F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">По подпункту д) пункта 2 - </w:t>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>отсутствие таких информации и документов не является основанием для отклоне</w:t>
       </w:r>
       <w:r w:rsidR="002713B0" w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ния заявки</w:t>
       </w:r>
-      <w:r w:rsidR="001B368F">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> на участие в закупке.</w:t>
+      <w:r w:rsidR="00D4505A">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на участие в закупке;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FD82FB" w14:textId="61A9C9AE" w:rsidR="00141FFB" w:rsidRPr="00F71BE8" w:rsidRDefault="007B395E" w:rsidP="004576A2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По пункту 3 </w:t>
       </w:r>
       <w:r w:rsidR="0092006C">
@@ -5410,62 +5685,79 @@
     </w:p>
     <w:p w14:paraId="1DEE0609" w14:textId="77777777" w:rsidR="00067AAA" w:rsidRPr="00067AAA" w:rsidRDefault="00067AAA" w:rsidP="00067AAA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00067AAA">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>В соответствии с подпунктом «а» пункта 4 ПП РФ 1875 положения ПП РФ 1875, касающиеся товара российского происхождения, работы, услуги, соответственно выполняемой, оказываемой российским гражданином, российским юридическим лицом, применяются также в отношении товара, происходящего из государства - члена Евразийского экономического союза, работы, услуги, соответственно выполняемой, оказываемой иностранным лицом, зарегистрированным на территории государства - члена Евразийского экономического союза.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="7BFFC323" w14:textId="77777777" w:rsidR="00067AAA" w:rsidRDefault="00067AAA" w:rsidP="008665BF">
+    <w:p w14:paraId="7BFFC323" w14:textId="081BB7AF" w:rsidR="00067AAA" w:rsidRDefault="00D4505A" w:rsidP="00D4505A">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CD7F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственность за недостоверность информации и (или) документов, включенных в заявку на участие в закупке, за действия, совершенные на основании указанных информации и (или) документов, несет участник закупки.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00067AAA" w:rsidSect="00D0327A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5748,50 +6040,51 @@
     <w:rsid w:val="00A53CB7"/>
     <w:rsid w:val="00AA1FBE"/>
     <w:rsid w:val="00AA4C61"/>
     <w:rsid w:val="00AB6AB2"/>
     <w:rsid w:val="00AF3ABA"/>
     <w:rsid w:val="00B074C1"/>
     <w:rsid w:val="00B20992"/>
     <w:rsid w:val="00B2657E"/>
     <w:rsid w:val="00B57B1F"/>
     <w:rsid w:val="00C13073"/>
     <w:rsid w:val="00C357D6"/>
     <w:rsid w:val="00C4582E"/>
     <w:rsid w:val="00C51EAB"/>
     <w:rsid w:val="00C563C4"/>
     <w:rsid w:val="00C6239A"/>
     <w:rsid w:val="00C63710"/>
     <w:rsid w:val="00CA413F"/>
     <w:rsid w:val="00CB4E0E"/>
     <w:rsid w:val="00CC2BFB"/>
     <w:rsid w:val="00CD6C14"/>
     <w:rsid w:val="00CF6C3C"/>
     <w:rsid w:val="00D01E40"/>
     <w:rsid w:val="00D211BA"/>
     <w:rsid w:val="00D402B8"/>
     <w:rsid w:val="00D4104F"/>
+    <w:rsid w:val="00D4505A"/>
     <w:rsid w:val="00D757C9"/>
     <w:rsid w:val="00DA057A"/>
     <w:rsid w:val="00DC45E6"/>
     <w:rsid w:val="00DF15EB"/>
     <w:rsid w:val="00DF3633"/>
     <w:rsid w:val="00DF7802"/>
     <w:rsid w:val="00E13012"/>
     <w:rsid w:val="00E20C2C"/>
     <w:rsid w:val="00E30625"/>
     <w:rsid w:val="00E30993"/>
     <w:rsid w:val="00E909AA"/>
     <w:rsid w:val="00EB0D71"/>
     <w:rsid w:val="00ED4BAD"/>
     <w:rsid w:val="00F077F3"/>
     <w:rsid w:val="00F121A8"/>
     <w:rsid w:val="00F652B3"/>
     <w:rsid w:val="00F71BE8"/>
     <w:rsid w:val="00FA7388"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -5957,50 +6250,51 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
@@ -6183,50 +6477,51 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
@@ -6270,51 +6565,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1849979241">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/268466561" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/268467791" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/71139412/101" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/71139412/101" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/70833138/1710" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/268467791" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/71139412/101" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/71139412/101" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/70833138/1710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/268466561" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6567,77 +6862,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06C2D4E1-82B8-4F59-854F-46255C8BE167}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E880CC86-69C0-41B5-94FD-C8E27A1B972B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2688</Words>
-  <Characters>15328</Characters>
+  <Words>3057</Words>
+  <Characters>17429</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>127</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>145</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17981</CharactersWithSpaces>
+  <CharactersWithSpaces>20446</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Сыроедина Е.А.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>