--- v1 (2026-01-27)
+++ v2 (2026-03-30)
@@ -262,61 +262,61 @@
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктом 1 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть также включено положение о соответствии</w:t>
+        <w:t xml:space="preserve"> Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> участника закупки требованиям, установленным </w:t>
+        <w:t xml:space="preserve"> может быть также включено положение о соответствии участника закупки требованиям, установленным </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>пунктом 1 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D4505A" w:rsidRPr="005E6D7F">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11CFAB1B" w14:textId="23B926D9" w:rsidR="00A22F0A" w:rsidRPr="00A22F0A" w:rsidRDefault="00287297" w:rsidP="00A22F0A">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -2111,69 +2111,176 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>14 Федерального закона – заявка на участие в закупке, содержащая предложение о поставке товара, происходящего из иностранного государства, подлежит отклонению в соответст</w:t>
       </w:r>
       <w:r w:rsidR="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>вии с Федеральным законом.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A6E0264" w14:textId="77777777" w:rsidR="003D20F4" w:rsidRPr="003D20F4" w:rsidRDefault="003D20F4" w:rsidP="003D20F4">
+    <w:p w14:paraId="0A6E0264" w14:textId="77777777" w:rsidR="003D20F4" w:rsidRDefault="003D20F4" w:rsidP="003D20F4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003D20F4">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В соответствии с подпунктом «а» пункта 4 ПП РФ 1875 положения ПП РФ 1875, касающиеся товара российского происхождения, работы, услуги, соответственно выполняемой, оказываемой российским гражданином, российским юридическим лицом, применяются также в отношении товара, происходящего из государства - члена Евразийского экономического союза, работы, услуги, соответственно выполняемой, оказываемой иностранным лицом, зарегистрированным на территории государства - члена Евразийского экономического союза.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="67AF8DED" w14:textId="77777777" w:rsidR="007625D9" w:rsidRPr="00DC0015" w:rsidRDefault="007625D9" w:rsidP="007625D9">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положения </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00DC0015">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>абзаца второго подпункта «а» пункта 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПП РФ 1875</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о совокупном количестве баллов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не применяются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0015">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии с установленными требованиями подпункта «н» пункта 10 ПП РФ 1875.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E4B5F5" w14:textId="77777777" w:rsidR="007625D9" w:rsidRDefault="007625D9" w:rsidP="0014600C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0526E5BA" w14:textId="24196990" w:rsidR="00894A53" w:rsidRDefault="00894A53" w:rsidP="0014600C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00894A53">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Подача заявки на участие в закупке означает согласие участника закупки, подавшего такую заявку, на поставку товара, выполнение работы, оказание услуги на условиях, предусмотренных извещением об осущ</w:t>
       </w:r>
       <w:r w:rsidR="000C63EA">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -2457,225 +2564,215 @@
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="18004651" w14:textId="77777777" w:rsidR="00D4505A" w:rsidRPr="006A6176" w:rsidRDefault="00C51EAB" w:rsidP="00D4505A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>По подпункту о) пункта 1 -</w:t>
       </w:r>
       <w:r w:rsidR="00D402B8" w:rsidRPr="00D402B8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">представить декларацию о соответствии участника закупки требованиям, установленным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктами 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>11 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Федерального закона (если информация и документы, которые подтверждают соответствие участника закупки требованиям, установленным </w:t>
-      </w:r>
-[...42 lines deleted...]
-        <w:t xml:space="preserve">включено положение о соответствии участника закупки требованиям, установленным </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 1 части 1 статьи 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">  Федерального закона, содержатся в открытых и общедоступных государственных реестрах, размещенных в информационно-телекоммуникационной сети «Интернет», в указанную декларацию может быть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также включено положение о соответствии участника закупки требованиям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D4505A" w:rsidRPr="006A6176">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Федерального закона, с указанием адреса сайта или страницы сайта в информационно-телекоммуникационной сети «Интернет», на которых размещены такие информация и документы);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA0FEBB" w14:textId="2401E788" w:rsidR="006611A8" w:rsidRPr="006611A8" w:rsidRDefault="00B57B1F" w:rsidP="006611A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">По подпункту п) пункта 1 - </w:t>
@@ -2831,51 +2928,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> особенностей, установленных ПП РФ 579. В соответствии </w:t>
       </w:r>
       <w:r w:rsidR="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "в"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579: участник закупки признается </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD6822">
@@ -2949,51 +3046,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> о внесении которых в качестве обеспечения заявки представлены в заявке </w:t>
       </w:r>
       <w:r w:rsidR="00DF7802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на участие в закупке, до даты подведения итогов определения поставщика (подрядчика, исполнителя) на счет, предусмотренный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 ПП РФ 579 (денежные средства вносятся участниками закупки на счет, указанный заказчиком в извещении </w:t>
       </w:r>
       <w:r w:rsidR="00DF7802">
         <w:rPr>
@@ -3039,51 +3136,51 @@
         </w:rPr>
         <w:t>участие</w:t>
       </w:r>
       <w:r w:rsidR="00AB6AB2">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6822">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в закупке, поданная таким участником закупки, отклоняется в порядке, установленном для случая, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00BD6822">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>пунктом 7 части 12 статьи 48</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D4505A">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1154E8FD" w14:textId="77777777" w:rsidR="00522AF7" w:rsidRPr="00522AF7" w:rsidRDefault="00B57B1F" w:rsidP="00522AF7">
@@ -3245,51 +3342,65 @@
       </w:r>
       <w:r w:rsidR="0006514C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">личии у товара товарного знака), </w:t>
       </w:r>
       <w:r w:rsidR="00A53CB7" w:rsidRPr="00A53CB7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>характеристики предлагаемого участником закупки товара в части характеристик, содержащихся в разделе «Информация об объекте закупки»</w:t>
+        <w:t xml:space="preserve">характеристики предлагаемого участником закупки товара в части характеристик, содержащихся в разделе </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53CB7" w:rsidRPr="00A53CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Информация об объекте закупки»</w:t>
       </w:r>
       <w:r w:rsidR="00A53CB7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A53CB7" w:rsidRPr="00A53CB7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -3338,51 +3449,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A53CB7" w:rsidRPr="00A53CB7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00A53CB7" w:rsidRPr="00A53CB7">
           <w:rPr>
             <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>пунктом 5 части 1 статьи 42</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A53CB7" w:rsidRPr="00A53CB7">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -3447,51 +3558,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="34FCA6DD" w14:textId="03BDC441" w:rsidR="000E1FD9" w:rsidRPr="00390EAB" w:rsidRDefault="003E65D3" w:rsidP="002B3BD9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00390EAB">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="000E1FD9" w:rsidRPr="00390EAB">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">ри наличии у товара товарного знака участник закупки путем заполнения экранных форм веб-интерфейса электронной площадки  </w:t>
       </w:r>
       <w:r w:rsidR="009A3860" w:rsidRPr="00390EAB">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>может</w:t>
@@ -4587,51 +4697,63 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ах</w:t>
       </w:r>
       <w:r w:rsidR="001247B5" w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> предлагаемого участником закупки товара</w:t>
       </w:r>
       <w:r w:rsidR="002A34C2" w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, сформированную без использования электронной площадки, в том числе электронного образа бумажного документа (документа на бумажном</w:t>
+        <w:t xml:space="preserve">, сформированную без использования электронной площадки, в том числе электронного образа </w:t>
+      </w:r>
+      <w:r w:rsidR="002A34C2" w:rsidRPr="00F71BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бумажного документа (документа на бумажном</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002A34C2" w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002A34C2" w:rsidRPr="00F71BE8">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>носителе</w:t>
       </w:r>
@@ -4751,51 +4873,50 @@
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5717D976" w14:textId="13E2CAD7" w:rsidR="00B57B1F" w:rsidRPr="0014600C" w:rsidRDefault="00B57B1F" w:rsidP="00522AF7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Информация, предусмотренная настоящим подпунктом, может не включаться в заявку </w:t>
       </w:r>
       <w:r w:rsidR="00DF7802">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0014600C">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на участие в закупке в случае указания заказчиком в описании объекта закупки товарного знака </w:t>
       </w:r>
       <w:r w:rsidR="009A3860">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
@@ -5661,103 +5782,212 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="008665BF" w:rsidRPr="00E30993">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>из иностранного государства, подлежит отклонению в соответствии с Федеральным законом.</w:t>
       </w:r>
       <w:r w:rsidR="008665BF" w:rsidRPr="008665BF">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DEE0609" w14:textId="77777777" w:rsidR="00067AAA" w:rsidRPr="00067AAA" w:rsidRDefault="00067AAA" w:rsidP="00067AAA">
+    <w:p w14:paraId="1DEE0609" w14:textId="77777777" w:rsidR="00067AAA" w:rsidRDefault="00067AAA" w:rsidP="00067AAA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00067AAA">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>В соответствии с подпунктом «а» пункта 4 ПП РФ 1875 положения ПП РФ 1875, касающиеся товара российского происхождения, работы, услуги, соответственно выполняемой, оказываемой российским гражданином, российским юридическим лицом, применяются также в отношении товара, происходящего из государства - члена Евразийского экономического союза, работы, услуги, соответственно выполняемой, оказываемой иностранным лицом, зарегистрированным на территории государства - члена Евразийского экономического союза.</w:t>
+        <w:t xml:space="preserve">В соответствии с подпунктом «а» пункта 4 ПП РФ 1875 положения ПП РФ 1875, касающиеся товара российского происхождения, работы, услуги, соответственно выполняемой, оказываемой российским гражданином, российским юридическим лицом, применяются также в отношении товара, происходящего из государства - члена Евразийского экономического союза, работы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>услуги, соответственно выполняемой, оказываемой иностранным лицом, зарегистрированным на территории государства - члена Евразийского экономического союза.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="67659E92" w14:textId="77777777" w:rsidR="00536706" w:rsidRPr="00536706" w:rsidRDefault="00536706" w:rsidP="00536706">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00536706">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положения </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00536706">
+          <w:rPr>
+            <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+            <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>абзаца второго подпункта «а» пункта 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00536706">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПП РФ 1875 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536706">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о совокупном количестве баллов) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536706">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>не применяются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536706">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536706">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии с установленными требованиями подпункта «н» пункта 10 ПП РФ 1875.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="20D6B189" w14:textId="77777777" w:rsidR="00536706" w:rsidRPr="00536706" w:rsidRDefault="00536706" w:rsidP="00067AAA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7BFFC323" w14:textId="081BB7AF" w:rsidR="00067AAA" w:rsidRDefault="00D4505A" w:rsidP="00D4505A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD7F93">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Liberation Serif"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ответственность за недостоверность информации и (или) документов, включенных в заявку на участие в закупке, за действия, совершенные на основании указанных информации и (или) документов, несет участник закупки.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00067AAA" w:rsidSect="00D0327A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5974,60 +6204,62 @@
     <w:rsid w:val="00295D23"/>
     <w:rsid w:val="002A34C2"/>
     <w:rsid w:val="002B3BD9"/>
     <w:rsid w:val="002F2EB7"/>
     <w:rsid w:val="00317C8B"/>
     <w:rsid w:val="0033603C"/>
     <w:rsid w:val="003406BC"/>
     <w:rsid w:val="00357B08"/>
     <w:rsid w:val="00383105"/>
     <w:rsid w:val="00390EAB"/>
     <w:rsid w:val="003B53DB"/>
     <w:rsid w:val="003B57AF"/>
     <w:rsid w:val="003D20F4"/>
     <w:rsid w:val="003E65D3"/>
     <w:rsid w:val="004125BF"/>
     <w:rsid w:val="00422433"/>
     <w:rsid w:val="00442E9D"/>
     <w:rsid w:val="0045563C"/>
     <w:rsid w:val="004576A2"/>
     <w:rsid w:val="004710A7"/>
     <w:rsid w:val="00484029"/>
     <w:rsid w:val="00485DD8"/>
     <w:rsid w:val="004D0409"/>
     <w:rsid w:val="004E5C92"/>
     <w:rsid w:val="00522AF7"/>
+    <w:rsid w:val="00536706"/>
     <w:rsid w:val="005854E8"/>
     <w:rsid w:val="00600BE8"/>
     <w:rsid w:val="00604965"/>
     <w:rsid w:val="006200EE"/>
     <w:rsid w:val="0063099E"/>
     <w:rsid w:val="006611A8"/>
     <w:rsid w:val="006B763B"/>
     <w:rsid w:val="006D423F"/>
     <w:rsid w:val="00701D32"/>
     <w:rsid w:val="007149E0"/>
+    <w:rsid w:val="007625D9"/>
     <w:rsid w:val="00783D01"/>
     <w:rsid w:val="007B395E"/>
     <w:rsid w:val="007C68DA"/>
     <w:rsid w:val="008133E4"/>
     <w:rsid w:val="00814AEF"/>
     <w:rsid w:val="00822959"/>
     <w:rsid w:val="00852D30"/>
     <w:rsid w:val="008665BF"/>
     <w:rsid w:val="00867ECB"/>
     <w:rsid w:val="00871286"/>
     <w:rsid w:val="00872AA4"/>
     <w:rsid w:val="008841B1"/>
     <w:rsid w:val="00894A53"/>
     <w:rsid w:val="008A6169"/>
     <w:rsid w:val="008C12C1"/>
     <w:rsid w:val="008C14FB"/>
     <w:rsid w:val="008D791E"/>
     <w:rsid w:val="008E31C2"/>
     <w:rsid w:val="008F0208"/>
     <w:rsid w:val="0092006C"/>
     <w:rsid w:val="00940E19"/>
     <w:rsid w:val="00943870"/>
     <w:rsid w:val="00986E5A"/>
     <w:rsid w:val="009A3860"/>
     <w:rsid w:val="009D1FCD"/>
@@ -6565,51 +6797,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1849979241">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/268467791" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/71139412/101" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/71139412/101" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/70833138/1710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/268466561" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru/document/cons_doc_LAW_466154/c360930e35e7953c74744ed45738094d9503d732/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/268467791" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100340" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/71139412/101" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/71139412/101" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100338" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=466154&amp;dst=2284" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=100336" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/70833138/1710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BF3EDC5BADB4685EF56FFB55101D9C23DD95246059F6E13F452E284410CACA2360AE4C3Fe81EI" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=419" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=525495&amp;dst=3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/268466561" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495181&amp;dst=296" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=549C0E4A41619E2539527DF37D3BCADC4658BD38DF50ADB4685EF56FFB55101D9C23DD9621625FFDB365552A61111FD4C83B7EAA523F8D2Be415I" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=525495&amp;dst=3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6862,77 +7094,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E880CC86-69C0-41B5-94FD-C8E27A1B972B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D443A17-1EF6-4B0A-8E4C-C743DE0182FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>17429</Characters>
+  <Pages>8</Pages>
+  <Words>3138</Words>
+  <Characters>17890</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>145</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>149</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20446</CharactersWithSpaces>
+  <CharactersWithSpaces>20987</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Сыроедина Е.А.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>